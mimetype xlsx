--- v0 (2025-10-23)
+++ v1 (2026-03-29)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13601</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Higor Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a redação do paragrafo único do artigo 93 da Lei Orgânica do Munícipio, que define as exigências para os auxiliares diretos do Prefeito.</t>
   </si>
   <si>
     <t>16463</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Pedro Gouvêa</t>
   </si>
   <si>
     <t>Estabelece diretrizes para a realização das Operações Urbanas Consorciadas, na área que indica, prevendo mecanismos e instrumentos urbanísticos, sociais e econômicos, para a sua implantação e dá outras providências.</t>
   </si>
   <si>
     <t>16464</t>
   </si>
@@ -108,2068 +108,2068 @@
   <si>
     <t>Institui o Fundo de Desenvolvimento Urbano do Município de São Vicente - FUNDURB, e dá outras providências.</t>
   </si>
   <si>
     <t>15949</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Disciplina o ordenamento do Uso e Ocupação do Solo do Município de São Vicente, e dá outras providências</t>
   </si>
   <si>
     <t>13090</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Dr Palmieri</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13090/1_ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13090/1_ja.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a colocação de contentores de lixo nos casos que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>13092</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13092/3_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13092/3_cf.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município a Corrida Maria dos Remédios , a ser realizada anualmente no dia 1.º de maio.</t>
   </si>
   <si>
     <t>13093</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Jabá Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13093/4_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13093/4_cf.pdf</t>
   </si>
   <si>
     <t>Denomina Carlos Alberto Santana a Rua Projetada no Parque Bitaru, entre o Complexo Administrativo e a nova Rodoviária.</t>
   </si>
   <si>
     <t>13094</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Felipe Rominha</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13094/5_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13094/5_cf.pdf</t>
   </si>
   <si>
     <t>Denomina Vicente da Corte Gonçalves a Quadra Esportiva da Vila São Jorge.</t>
   </si>
   <si>
     <t>13095</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13095/6_ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13095/6_ja.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação da frase "SE BEBER, NÃO DIRIJA" em cardápios de bares, restaurantes e casas de eventos na Cidade de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>13096</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Sargento Barreto</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13096/7.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13096/7.pdf</t>
   </si>
   <si>
     <t>Denomina Abel Manoel dos Santos a Praça Mecanizada 2402 (Pracinha Nova São Vicente), no bairro Vila Nova São Vicente.</t>
   </si>
   <si>
     <t>13097</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Esdras Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13097/8_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13097/8_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a identificação das empresas, que contratam com o Município de São Vicente, cumpridoras das Leis e Decretos Federais referentes à obrigatoriedade do preenchimento das cotas de aprendizes e deficientes e dá outras providências.</t>
   </si>
   <si>
     <t>13098</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13098/9_ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13098/9_ja.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal Estamos Juntos no Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>13099</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13099/10_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13099/10_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Saúde do Pé Diabético, no Município de São Vicente.</t>
   </si>
   <si>
     <t>13100</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13100/11_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13100/11_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Adote uma Caneca.</t>
   </si>
   <si>
     <t>13101</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13101/12__ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13101/12__ja.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto "Saber Direito", no Município de São Vicente.</t>
   </si>
   <si>
     <t>13102</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Pedro Zebrão</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13102/13_ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13102/13_ja.pdf</t>
   </si>
   <si>
     <t>Disciplina a atividade de coleta de materiais recicláveis executada por catadores em vias públicas e dá outras providências.</t>
   </si>
   <si>
     <t>13103</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13103/msg_3_proc_43.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13103/msg_3_proc_43.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n.º 3552-A, de 10.03.17, que autoriza a celebração de Termo de Autorização de Uso de imóvel público entre o Município de São Vicente e o Estado de São Paulo, através da Secretaria Estadual de Desenvolvimento Econômico, Ciência, Tecnologia e Inovação, visando à instalação e desenvolvimento do Programa Via Rápida, e dá outras providências</t>
   </si>
   <si>
     <t>13104</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13104/msg_4_proc_44.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13104/msg_4_proc_44.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção ao Hospital São José - Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>13184</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13184/msg_6_proc_46.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13184/msg_6_proc_46.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção ao Hospital São .José - Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>13185</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13185/msg_8_proc_48.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13185/msg_8_proc_48.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder o uso à Igreja Nossa Senhora Aparecida da área que especifica, no bairro Vila Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>13186</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13186/18_ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13186/18_ja.pdf</t>
   </si>
   <si>
     <t>Denomina Luiz Cavalcanti Tenório a Rua Vale do Pó, na Vila Margarida.</t>
   </si>
   <si>
     <t>13187</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13187/19_ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13187/19_ja.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o Dia Municipal de Combate ao Câncer Infanto-Juvenil, a ser comemorado anualmente no dia 23 de novembro.</t>
   </si>
   <si>
     <t>13188</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13188/msg_9_-_proc_56.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13188/msg_9_-_proc_56.pdf</t>
   </si>
   <si>
     <t>Acrescentem-se os § 5º e § 6º ao art. 16 da Lei nº 270-A, de 22.08.94, que dispõe sobre a política municipal de atendimento e defesa dos direitos da criança e do adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>13189</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13189/msg_10_proc_57.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13189/msg_10_proc_57.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Especial visando criar despesas novas para a Secretaria de Planejamento e Assuntos Metropolitanos que não foram contempladas na Lei Orçamentária de nº 3851-A de 14 de dezembro de 2018.</t>
   </si>
   <si>
     <t>13190</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13190/22_ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13190/22_ja.pdf</t>
   </si>
   <si>
     <t>Obriga os estabelecimentos públicos e privados no Município a inserirem nas placas de atendimento prioritário o símbolo mundial do autismo e dá outras providências.</t>
   </si>
   <si>
     <t>13191</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13191/23_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13191/23_re.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a realização de exames para detectar o TEA - Transtorno de Espectro Autista nos alunos matriculados na Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>13192</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Alfredo Moura</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13192/24_ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13192/24_ja.pdf</t>
   </si>
   <si>
     <t>Institui o atendimento prioritário a pessoas diagnosticadas com câncer nas unidades de saúde e hospitais de São Vicente e dá providências.</t>
   </si>
   <si>
     <t>13193</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13193/25_ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13193/25_ja.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município o Dia Municipal do Padre, a ser celebrado anualmente no dia 4 de agosto.</t>
   </si>
   <si>
     <t>13194</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13194/msg_11_-_proc_65.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13194/msg_11_-_proc_65.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n.º 3423-A, de 16.12.15, que proíbe o uso e a comercialização do produto composto de espuma expansível em spray, comumente utilizado em festas, também conhecido como “espuma de carnaval” ou “lança espuma”, e dá outras providências.</t>
   </si>
   <si>
     <t>13195</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13195/27_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13195/27_re.pdf</t>
   </si>
   <si>
     <t>Torna obrigatórios o emplacamento e licenciamento dos veículos prestadores de serviços no Município de São Vicente, como condição para concessão de licença para exercer as atividades no município.</t>
   </si>
   <si>
     <t>13196</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13196/28_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13196/28_cf.pdf</t>
   </si>
   <si>
     <t>Institui no município de São Vicente a Feira de Cidadania Inclusiva.</t>
   </si>
   <si>
     <t>13198</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13198/29_ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13198/29_ja.pdf</t>
   </si>
   <si>
     <t>Cria a Carteira de Identificação do Autista (CIA), para a pessoa diagnosticada com Transtorno do Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>13200</t>
   </si>
   <si>
     <t>Gil do Conselho</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13200/30_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13200/30_re.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o Dia Municipal da Síndrome de Down.</t>
   </si>
   <si>
     <t>13202</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13202/31_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13202/31_cf.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o "Dia Municipal de Incentivo a Adoção", que será comemorado anualmente no dia 25 de maio, quando se comemora o doa "Nacional da Adoção".</t>
   </si>
   <si>
     <t>13215</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13215/msg_14_-_proc.103_correta.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13215/msg_14_-_proc.103_correta.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1º da Lei nº 1301-A de 02 de julho de 2003, alterada pela Lei nº 2362-A, de 30.4.2010, que dispõe sobre os créditos de pequeno valor, no âmbito do Município, em consonância com o § 3º do art. 100 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>13218</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13218/msg_15_-_proc_104-.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13218/msg_15_-_proc_104-.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Transferência de Recursos Financeiros às Associações de Pais e Mestres das_x000D_
 unidades educacionais da Rede Municipal de Ensino de São Vicente, e dá outras providências.</t>
   </si>
   <si>
     <t>13220</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13220/msg_16_-_proc_105.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13220/msg_16_-_proc_105.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivo da Lei n.º 2278-A, de 11.12.09, que dispõe sobre a instituição de um Fundo para financiar atividades de proteção aos animais do município, e dá outras providências.</t>
   </si>
   <si>
     <t>13223</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Wilson Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13223/35_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13223/35_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do ensino de noções básicas sobre a Lei Maria da Penha nas escolas municipais de São Vicente.</t>
   </si>
   <si>
     <t>13226</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Alexandre Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13226/36_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13226/36_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de as escolas públicas e particulares do Município a disponibilizarem cadeiras em locais determinados aos portadores de Transtorno de Déficit de Atenção e Hiperatividade – TDAH.</t>
   </si>
   <si>
     <t>13269</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13269/37_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13269/37_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da presença de Intérprete da Língua Brasileira de Sinais (LIBRAS) em todos os eventos públicos oficiais do Município de São Vicente</t>
   </si>
   <si>
     <t>13270</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Adilson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13270/38_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13270/38_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de coleta de amostras das águas dos reservatórios das escolas e creches municipais para análise e dá outras providências.</t>
   </si>
   <si>
     <t>13271</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13271/msg_18_-_proc_116.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13271/msg_18_-_proc_116.pdf</t>
   </si>
   <si>
     <t>13272</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13272/40_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13272/40_re.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder isenção ou remissão do Imposto Predial e Territorial Urbano - IPTU, incidente sobre imóveis edificados atingidos por enchentes e alagamentos causados pelas chuvas ocorridas no Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>13273</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13273/41_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13273/41_cf.pdf</t>
   </si>
   <si>
     <t>Denomina Jefferson de Araújo Moura a Praça 20 Símbolo 290 no bairro Humaitá</t>
   </si>
   <si>
     <t>13274</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>André Carioca</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13274/42_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13274/42_re.pdf</t>
   </si>
   <si>
     <t>Cria o concurso fotográfico e Literário comemorativo ao aniversário da área Continental e da inauguração da subprefeitura.</t>
   </si>
   <si>
     <t>13275</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13275/msg_19_-_proc_133.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13275/msg_19_-_proc_133.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para Exercício Fiscal do Ano de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>13276</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13276/44_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13276/44_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a discriminação à criança e ao adolescente portador de deficiência ou qualquer doença crônica nos estabelecimentos de ensino, creches ou similares, em instituições públicas ou privadas.</t>
   </si>
   <si>
     <t>13277</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13277/45_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13277/45_re.pdf</t>
   </si>
   <si>
     <t>Obriga as Empresas Concessionárias de serviços Públicos a sinalizar as obras para execução dos serviços em vias e passeios públicos, bem como a fechar e pavimentar, no prazo máximo de 24 horas, após o término dos serviços</t>
   </si>
   <si>
     <t>13278</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13278/msg_21_-_proc_149.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13278/msg_21_-_proc_149.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Especial visando criar despesas novas para a Secretaria de Planejamento e Assuntos Metropolitanos que não foram contempladas na Lei Orçamentária Anual de n.º 3851-A de 14 de dezembro de 2018.</t>
   </si>
   <si>
     <t>13279</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13279/msg_24_-_proc_153.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13279/msg_24_-_proc_153.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, Crédito Adicional Especial, visando a atender a despesas com a Maternidade Municipal através de Convênio com o Estado de São Paulo.</t>
   </si>
   <si>
     <t>13280</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Castelinho</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13280/48_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13280/48_cf.pdf</t>
   </si>
   <si>
     <t>Cria o corredor comercial, em toda a extensão da Rua Palmeira dos Índios, no Catiapoã e dá outras providências.</t>
   </si>
   <si>
     <t>13281</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13281/49_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13281/49_re.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o Instituto de Estudos e Pesquisas em Violência Intrafamiliar e Desenvolvimento de Mecanismos de Pacificação Social - Instituto Anástasis.</t>
   </si>
   <si>
     <t>13282</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13282/50_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13282/50_cf.pdf</t>
   </si>
   <si>
     <t>Obriga bares, restaurantes, casas noturnas e estabelecimentos similares a adotar medidas de auxílio às mulheres que se sentirem em situação de risco.</t>
   </si>
   <si>
     <t>13283</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Jailton Jatobá</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13283/51_ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13283/51_ja.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município, a Semana do Jovem Aprendiz, a ser realizada anualmente na primeira semana do mês de maio e dá outras providências.</t>
   </si>
   <si>
     <t>13284</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13284/52_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13284/52_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de medidas de informação à gestante e parturiente sobre a Política Nacional de Atenção Obstétrica e Neonatal, visando, principalmente, á proteção destas contra a violência obstétrica no Município de São Vicente.</t>
   </si>
   <si>
     <t>13285</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13285/53_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13285/53_cf.pdf</t>
   </si>
   <si>
     <t>Altera a redação da ementa, do art. 1.º, §§ 1.º e 2.º, acrescentando o art. 1.º-A à Lei n.º 3485-A/16, que dispõe sobre a permissão de desembarque de mulheres em locais fora das paradas de ônibus e lotação regulamentadas no Município.</t>
   </si>
   <si>
     <t>13286</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13286/msg_31_-_proc_175.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13286/msg_31_-_proc_175.pdf</t>
   </si>
   <si>
     <t>Proíbe o trânsito de caminhões nas vias públicas dos bairros Cidade Náutica e Esplanada dos Barreiros e dispõe sobre o cadastro na Secretaria de Trânsito e Transportes - SETRANS para a circulação de veículos.</t>
   </si>
   <si>
     <t>13287</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13287/55_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13287/55_cf.pdf</t>
   </si>
   <si>
     <t>Proíbe a passagem de veículos pesados na Rua Dom Lara.</t>
   </si>
   <si>
     <t>13288</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13288/56_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13288/56_cf.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3.º, caput, da Lei n.º 1600-A/05, que dispõe sobre as sanções administrativas a estabelecimento bancário infrator do direito do consumidor no Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>13289</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13289/57_ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13289/57_ja.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Saúde Ocular para alunos da Rede Municipal de Ensino de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>13290</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13290/58_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13290/58_re.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o Evento Multiesportivo Cultural “Free Session”.</t>
   </si>
   <si>
     <t>13291</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13291/59_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13291/59_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a afixação, nos locais que especifica, de cartaz alertando sobre os perigos da automedicação.</t>
   </si>
   <si>
     <t>13292</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13292/60_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13292/60_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Banco Virtual de Cadeiras de Rodas e afins no município de São Vicente.</t>
   </si>
   <si>
     <t>13293</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13293/61_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13293/61_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da implantação do Programa de Integridade (Compliance) nas empresas que contratarem com a Administração Pública de São Vicente, em todas as esferas de Poder, e dá outras providências.</t>
   </si>
   <si>
     <t>13294</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13294/62.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13294/62.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Amigos da Vila Valença.</t>
   </si>
   <si>
     <t>13295</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13295/63_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13295/63_re.pdf</t>
   </si>
   <si>
     <t>Institui no Município a Semana de Conscientização e Combate ao Preconceito contra as Pessoas com Nanismo.</t>
   </si>
   <si>
     <t>13296</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13296/64_ja.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13296/64_ja.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a elaboração e publicação de Relatório Anual sobre o Orçamento da Criança e do Adolescente.</t>
   </si>
   <si>
     <t>13297</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13297/65_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13297/65_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a comunicação e a formalização de quaisquer atos de forma integralmente eletrônica no âmbito da Administração Municipal de São Vicente.</t>
   </si>
   <si>
     <t>13298</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Dercinho Negão do Caminhão</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13298/66_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13298/66_cf.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o Dia do Evangélico, a ser comemorado anualmente no dia 30 de novembro</t>
   </si>
   <si>
     <t>13299</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13299/msg_34_-_proc_228.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13299/msg_34_-_proc_228.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção ao Hospital São José - Santa Casa de São Vicente. Proc. N.º 18872/19</t>
   </si>
   <si>
     <t>13300</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13300/msg_35_-_proc_229.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13300/msg_35_-_proc_229.pdf</t>
   </si>
   <si>
     <t>13301</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13301/msg_36_-_proc_230.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13301/msg_36_-_proc_230.pdf</t>
   </si>
   <si>
     <t>13302</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13302/msg_37_-_proc_231.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13302/msg_37_-_proc_231.pdf</t>
   </si>
   <si>
     <t>13303</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13303/msg_43_-_proc_243.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13303/msg_43_-_proc_243.pdf</t>
   </si>
   <si>
     <t>Cria e disciplina o Conselho Municipal de Desenvolvimento Urbano e dá outras providências.</t>
   </si>
   <si>
     <t>13304</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13304/72_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13304/72_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão dos conteúdos do Programa "Lions-Quest" no currículo das escolas da rede municipal.</t>
   </si>
   <si>
     <t>13305</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13305/73_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13305/73_cf.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para o serviço de atendimento médico de urgência SAMU e RESGATE quanto a remoção de paciente para hospitais privados e dá outras providências.</t>
   </si>
   <si>
     <t>13306</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Torna obrigatória a apresentação da carteira de vacinação para matrícula de alunos nas redes públicas e privada de ensino de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>13307</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13307/75_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13307/75_cf.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto Prosseguir na Rede Municipal de Ensino de São Vicente, implementando o P.E.I. - Plano Educacional Individualizado, para os alunos com necessidades especiais.</t>
   </si>
   <si>
     <t>13308</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13308/76_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13308/76_cf.pdf</t>
   </si>
   <si>
     <t>Redenomina Sérgio Luiz Rodrigues Godoy, trecho da Rua Catalão, entre a Rua Dona Anita Costa e Rua Rafael Santos Tavares, bairro Vila Voturuá.</t>
   </si>
   <si>
     <t>13309</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13309/77.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13309/77.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação dos Técnicos e Auxiliares em Edificações e Afins do Estado de São Paulo.</t>
   </si>
   <si>
     <t>13310</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13310/msg_48_-_proc_270.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13310/msg_48_-_proc_270.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3.º da Lei n.º 262-A, de 21.06.94, alterada pela Lei n.º 1676-A, de 22.12.05, que dispões sobre o tráfego de veículos com cargas especiais em vias públicas do Município de São Vicente e dá outras providências.    Proc.n.º 5999/94</t>
   </si>
   <si>
     <t>13311</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13311/msg_50_-_proc_272.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13311/msg_50_-_proc_272.pdf</t>
   </si>
   <si>
     <t>13312</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13312/msg_53_-_proc_275.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13312/msg_53_-_proc_275.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput do art. 1º da Lei nº 1815-A, de 15.12.06, alterada pelas Leis n.ºs 2276-A, de 11.12.09 e 3389-A, 04.11.15, que autoriza o Poder Executivo a efetuar adiantamento mensal ao 3°·Subgrupamento do 6º Grupamento de Bombeiros do Estado de São Paulo, localizado em São Vicente, para os fins que especifica.</t>
   </si>
   <si>
     <t>13313</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13313/81_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13313/81_cf.pdf</t>
   </si>
   <si>
     <t>Denomina Dona Domingas de Souza França a Rua Mecanizada 9203, no bairro Jóquei Clube.</t>
   </si>
   <si>
     <t>13314</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13314/82_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13314/82_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação no Município de São Vicente do Selo de Empresa Amiga do Aprendiz.</t>
   </si>
   <si>
     <t>13315</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13315/83.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13315/83.pdf</t>
   </si>
   <si>
     <t>Denomina Angelita Evangelista de Pontes a Rua 43 - Símbolo 1866, no bairro Parque Continental.</t>
   </si>
   <si>
     <t>13426</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13426/84_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13426/84_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Censo-Inclusão e Cadastro-Inclusão para a identificação, mapeamento e cadastramento do perfil socioeconômico das pessoas com deficiência ou mobilidade reduzida, no Município de São Vicente.</t>
   </si>
   <si>
     <t>13428</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13428/85_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13428/85_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o estímulo à contratação de mulheres em situação de violência doméstica.</t>
   </si>
   <si>
     <t>13431</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13431/86_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13431/86_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do Projeto Visão Auditiva, com sinais e informações específicas em braile, em órgãos públicos municipais e estabelecimentos privados de acesso público.</t>
   </si>
   <si>
     <t>13435</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13435/87_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13435/87_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da comercialização de animais em pet shops, lojas de rações, lojas agropecuárias e similares.</t>
   </si>
   <si>
     <t>13437</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13437/88.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13437/88.pdf</t>
   </si>
   <si>
     <t>Altera a alínea a, inciso II do artigo 10 da Lei nº 106-A, de 13 de maio de 1992, a qual autoriza o Poder Executivo a conceder a pessoas físicas a permissão de uso a título precário de áreas públicas de uso comum para a instalação de barracas destinadas aos serviços de praia, de aluguel de barcos, caiaques e trenzinhos e dá outras providências</t>
   </si>
   <si>
     <t>13439</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13439/89_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13439/89_re.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Vicente a "Patrulha Maria da Penha" e dá outras providências.</t>
   </si>
   <si>
     <t>13441</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13441/90_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13441/90_re.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o Centro de Assistência Estrela de Israel – C.A.E.I.</t>
   </si>
   <si>
     <t>13444</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13444/91.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13444/91.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de se alimentarem pombos urbanos (Columba livia - variedade doméstica) no Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>13447</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13447/92_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13447/92_re.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Prevenção à Violência Contra Educadores da Rede Municipal de Ensino de São Vicente.</t>
   </si>
   <si>
     <t>13542</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13542/93_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13542/93_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o estabelecimento de projetos sociais voltados à prática esportiva de pessoas com deficiência, pelas entidades do terceiro setor, e dá outras providências.</t>
   </si>
   <si>
     <t>13543</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13543/94_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13543/94_cf.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Shirainers Internacional e inclui no Calendário Oficial do Município de São Vicente, a ser comemorado anualmente todo dia 6 de junho.</t>
   </si>
   <si>
     <t>13544</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13544/95_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13544/95_re.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município o Dia Municipal dos Aventureiros.</t>
   </si>
   <si>
     <t>13545</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13545/96_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13545/96_cf.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município o Dia Municipal dos Desbravadores, a ser celebrado anualmente no segundo domingo do mês de setembro.</t>
   </si>
   <si>
     <t>13546</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13546/97_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13546/97_re.pdf</t>
   </si>
   <si>
     <t>Proíbe a oferta de embutidos na composição da merenda de escolas e creches da Rede Municipal de Ensino e dá outras providências.</t>
   </si>
   <si>
     <t>13547</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13547/msg_58_proc_341.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13547/msg_58_proc_341.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Especial objetivando "Execução de Projetos para o Fundo Municipal dos Direitos da Criança e do Adolescente".</t>
   </si>
   <si>
     <t>13548</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13548/msg_59_-_proc_342.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13548/msg_59_-_proc_342.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Especial visando criar despesa para atender ao Programa de Transferência de Recursos Financeiros às Associações de Pais e Mestres das unidades educacionais da Rede Municipal de Ensino de São Vicente que foi instituído pela Lei nº 3891-A, de 27 de maio de 2019</t>
   </si>
   <si>
     <t>13549</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13549/msg_60_-_proc_343.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13549/msg_60_-_proc_343.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir Projeto Literário nas Feiras Livres.</t>
   </si>
   <si>
     <t>13551</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13551/msg_61_-_proc_344.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13551/msg_61_-_proc_344.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Suplementar visando atender ao convênio com o Ministério da Saúde, objetivando "Aquisição de Equipamentos para Hospital Maternidade Municipal de São Vicente, UBS e ESF.</t>
   </si>
   <si>
     <t>13552</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13552/msg_62_proc_345.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13552/msg_62_proc_345.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Especial objetivando "Remanejamento das Emendas Impositivas", alterando os Anexos II, VI, VII, VIII, IX e Relação de Ações da Lei Orçamentária Anual para o exercício de 2019, de nº 3851-A, de 14 de dezembro de 2018.</t>
   </si>
   <si>
     <t>13553</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13553/msg_63_-_proc_346.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13553/msg_63_-_proc_346.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1° da Lei nº 1074-A, de 1 º.03.02, que denomina Prefeito José Meirelles a EMEF do bairro Quarentenário, localizada na Rua Tupã nº 345.</t>
   </si>
   <si>
     <t>13554</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13554/msg_65_-_proc_348.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13554/msg_65_-_proc_348.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art, 3°, II, "d" e "f" da Lei nº 3903-A, de 24 de junho de 2019, que dispõe sobre a criação do Conselho Municipal da Cultura de Paz - COMP AZ-SV, e dá outras providências.</t>
   </si>
   <si>
     <t>13555</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13555/105_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13555/105_re.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o “Dia da Gratidão”, a ser celebrado anualmente no dia 21 de setembro.</t>
   </si>
   <si>
     <t>13556</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13556/106_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13556/106_re.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Comunitária Flor do México.</t>
   </si>
   <si>
     <t>13557</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13557/107_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13557/107_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigação do Município promover campanha de divulgação do teste M-CHAT para diagnosticar indícios do Transtorno do Espectro Autista em crianças.</t>
   </si>
   <si>
     <t>13558</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13558/108_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13558/108_re.pdf</t>
   </si>
   <si>
     <t>Cria, na cidade de São Vicente, o Dia Municipal da Limpeza e dá outras providências.</t>
   </si>
   <si>
     <t>13559</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13559/msg_68_-_proc_359.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13559/msg_68_-_proc_359.pdf</t>
   </si>
   <si>
     <t>13560</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13560/110_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13560/110_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do uso de energia solar em bens imóveis, logradouros públicos e sinalização semafórica do Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>13561</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13561/111_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13561/111_cf.pdf</t>
   </si>
   <si>
     <t>Denomina "Portinho da Gleba 2 Espaço de Lazer Salvador da Conceição" o espaço localizado ao final da Avenida Dr. Celso Santos</t>
   </si>
   <si>
     <t>13562</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13562/msg_70__proc_365.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13562/msg_70__proc_365.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o compartilhamento de veículos e equipamentos equiparados de micromobilidade nas vias e logradouros municipais e institui diretrizes para o desenvolvimento da micro mobilidade.</t>
   </si>
   <si>
     <t>13563</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13563/113_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13563/113_re.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para a inclusão educacional de alunos com necessidades especiais e dá outras providências.</t>
   </si>
   <si>
     <t>13564</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13564/114_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13564/114_cf.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação de Canoagem Inclusiva Família Capitão do Mar.</t>
   </si>
   <si>
     <t>13565</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13565/115_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13565/115_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de prevenção e combate ao abuso sexual de mulheres nos meios de transporte coletivo no âmbito da cidade de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>13566</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13566/116_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13566/116_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização das podas e remoções de árvores na cidade e dá outras providências.</t>
   </si>
   <si>
     <t>13567</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13567/117_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13567/117_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o "Projeto Tampinha Solidária", destinada a arrecadação de tampinhas plásticas e lacres de alumínio", para doação a entidades e organizações sociais no Município de São Vicente.</t>
   </si>
   <si>
     <t>13569</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13569/msg_78_-_proc_388.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13569/msg_78_-_proc_388.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo na Lei n.º 2214-A, de 18.09.09, que autoriza a cessão do imóvel localizado à Rua José Singer n.º 249, no Conjunto Habitacional Humaitá - Quadra 21, para instalação da 3.ª Companhia do 39.º Batalhão de Polícia Militar do Interior. Proc. n.º 35936/09</t>
   </si>
   <si>
     <t>13570</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13570/msg_79_-_proc_389.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13570/msg_79_-_proc_389.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao art, 2º da Lei n".º3390-A, de 06.11.15, autorizando a inclusão de Documento de Arrecadação do Município - DAM no carnê do IPTU para contribuição voluntária destinada ao Fundo Municipal de Manutenção do Corpo de Bombeiros do Município - FUMABOM, nas condições que especifica. Proc. n.º 36164/15</t>
   </si>
   <si>
     <t>13571</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Roberto Rocha</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13571/121_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13571/121_cf.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput do art. 1.º da Lei n.º 47-A, de 30 de agosto de 1991.</t>
   </si>
   <si>
     <t>13572</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13572/122_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13572/122_cf.pdf</t>
   </si>
   <si>
     <t>Denomina "Dr. Olavo Hourneaux de Moura" o píer localizado na Avenida Antônio Rodrigues, em frente ao Largo Tomé de Souza.</t>
   </si>
   <si>
     <t>13573</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13573/123_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13573/123_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação do Cardápio de Merenda nas Unidades Municipais de Ensino e dá outras providências.</t>
   </si>
   <si>
     <t>13574</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13574/124_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13574/124_cf.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Federação de Quadrilhas Juninas do Estado de São Paulo (FEQUAJU-SP)</t>
   </si>
   <si>
     <t>13575</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13575/125_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13575/125_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da inclusão de conhecimentos básicos de Língua Brasileira de Sinais - Libras nas escolas públicas do Município de São Vicente.</t>
   </si>
   <si>
     <t>13576</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13576/msg_76_-_proc_396.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13576/msg_76_-_proc_396.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Fiscal do Município de São Vicente para o exercício de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>13568</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13568/127_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13568/127_re.pdf</t>
   </si>
   <si>
     <t>Fica instituída a Semana Municipal da Economia Solidária em São Vicente.</t>
   </si>
   <si>
     <t>13577</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13577/msg_83_-_proc_400.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13577/msg_83_-_proc_400.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Suplementar nos "Recursos do Fundo Municipal de Assistência</t>
   </si>
   <si>
     <t>13578</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13578/129_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13578/129_re.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município a Semana de Incentivo à Prática de Primeiros Socorros.</t>
   </si>
   <si>
     <t>13579</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13579/130_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13579/130_re.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o Dia do Feirante.</t>
   </si>
   <si>
     <t>13580</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13580/131_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13580/131_re.pdf</t>
   </si>
   <si>
     <t>Institui o sistema de acessibilidade nas praias da orla do município de São Vicente denominado "Todos na Praia", na forma que indica, e dá outras providências.</t>
   </si>
   <si>
     <t>13581</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13581/132_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13581/132_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa Medicamento Solidário, objetivando o reaproveitamento e o descarte responsável de medicamentos no Município de São Vicente.</t>
   </si>
   <si>
     <t>13582</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13582/133_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13582/133_re.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a implementar ações preventivas de combate à depressão em adolescentes nas escolas do município de São Vicente.</t>
   </si>
   <si>
     <t>13583</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13583/134_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13583/134_re.pdf</t>
   </si>
   <si>
     <t>Altera a Ementa e os Parágrafos 1.º e 2.º do Art. 1.º da Lei n.º 3485-A, de 2016, que dispõe sobre a permissão de desembarque de mulheres em locais fora das paradas de ônibus e lotação regulamentadas no Município, no horário compreendido entre as 22 horas e as 5 horas da manhã.</t>
   </si>
   <si>
     <t>13584</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13584/msg_87_-_proc_418.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13584/msg_87_-_proc_418.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Economia Solidária em São Vicente.</t>
   </si>
   <si>
     <t>13585</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13585/136_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13585/136_re.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a colocação de banheiros químicos adaptados para pessoas com deficiência nos eventos realizados no Município de São Vicente.</t>
   </si>
   <si>
     <t>13586</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13586/137_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13586/137_re.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município o Dia Feliz na Área Continental de São Vicente.</t>
   </si>
   <si>
     <t>13587</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13587/138_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13587/138_re.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Atividade Funcional para crianças especiais no Município de São Vicente.</t>
   </si>
   <si>
     <t>13593</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13593/msg_88_-_proc_424.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13593/msg_88_-_proc_424.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a locar áreas edificadas especificamente para instalação de equipamentos públicos na área da saúde, educação e esportes, e outros nas condições que especifica.</t>
   </si>
   <si>
     <t>13594</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13594/msg_89_-_proc_425.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13594/msg_89_-_proc_425.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a locar áreas edificadas especificamente para instalação do Pronto Socorro Municipal nas condições que especifica.</t>
   </si>
   <si>
     <t>13595</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13595/141_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13595/141_re.pdf</t>
   </si>
   <si>
     <t>Fica denominada Santa Irmã Dulce dos Pobres a Praça entre as ruas 24, Antônio Riscalle Husne, Avenida Ulisses Guimarães e Antônio Bernerdo, no bairro Jardim Rio Branco.</t>
   </si>
   <si>
     <t>13596</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13596/142_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13596/142_re.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a tornar subterrâneo todo o cabeamento instalado no Município de São Vicente, e dá outras providências.</t>
   </si>
   <si>
     <t>13597</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13597/143_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13597/143_re.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Vicente a Campanha “Cabelos Solidários”.</t>
   </si>
   <si>
     <t>13598</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13598/144_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13598/144_re.pdf</t>
   </si>
   <si>
     <t>Denomina Hilda Andrade de Oliveira a Rua P – Símbolo 3030, no bairro Jardim Irmã Dolores, com início na Rua Jequié – Símbolo 1142 e término na Rua S – Símbolo 3028.</t>
   </si>
   <si>
     <t>13599</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13599/145_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13599/145_re.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura a fornecer merenda escolar, cesta básica ou cartão alimentação durante o período de férias ou recesso escolar aos alunos da Rede Municipal de Ensino e dá outras providências.</t>
   </si>
   <si>
     <t>13600</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13600/146_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13600/146_cf.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Capacitação do Autismo para professores das escolas da rede pública de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>13604</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13604/147_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13604/147_re.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a acessibilidade de deficientes auditivos em exibições de filmes nacionais e estrangeiros, bem como peças de teatro e espetáculos, na forma que se especifica.</t>
   </si>
   <si>
     <t>13605</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13605/148_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13605/148_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a entrada gratuita para acompanhantes de pessoas com necessidades especiais em locais destinados a diversão, espetáculos teatrais e musicais, exibições cinematográficas, atrações ou eventos esportivos e artísticos em geral, e dá outras providências</t>
   </si>
   <si>
     <t>13606</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13606/149_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13606/149_re.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a assegurar às pessoas com deficiência auditiva o direito de serem atendidas nas repartições públicas municipais por meio da Língua Brasileira de Sinais - LIBRAS, e dá outras providências.</t>
   </si>
   <si>
     <t>13607</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13607/150_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13607/150_cf.pdf</t>
   </si>
   <si>
     <t>Denomina Carlos Alberto Fernandes Teixeira "Mágico Dossell" a Rua III, mecanizada 307, localizada no bairro Parque Bitarú.</t>
   </si>
   <si>
     <t>13608</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13608/151_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13608/151_re.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município a Semana Cultural Evangélica e dá outras providências.</t>
   </si>
   <si>
     <t>13609</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13609/152_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13609/152_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de supermercados, hipermercados e atacados possuírem carrinhos de compras adaptados às pessoas com deficiência, no âmbito do município de São Vicente</t>
   </si>
   <si>
     <t>13610</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13610/153_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13610/153_cf.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o "Encontro de Carros Antigos", a ser realizado anualmente no mês de setembro.</t>
   </si>
   <si>
     <t>13611</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13611/msg_95_-_proc_452.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13611/msg_95_-_proc_452.pdf</t>
   </si>
   <si>
     <t>Autoriza a Secretaria de Educação a utilizar a verba do QESE para aquisição de uniformes escolares.</t>
   </si>
   <si>
     <t>13612</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13612/msg_97_-_proc_454.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13612/msg_97_-_proc_454.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos à Lei nº 1155-A, 16.08.02, que dispõe sobre a instituição do Selo Municipal de Acesso e a criação da Comissão Municipal de Acesso - CMA, que terá a finalidade de expedir o referido Selo.</t>
   </si>
   <si>
     <t>13613</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13613/msg_98_proc_455.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13613/msg_98_proc_455.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei n.º 2636-A de 03.06.11, que dispõe sobre o Conselho Municipal de Promoção da Igualdade Racial.</t>
   </si>
   <si>
     <t>13614</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13614/msg_99_-_proc_456.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13614/msg_99_-_proc_456.pdf</t>
   </si>
   <si>
     <t>13615</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13615/msg_100_proc_457.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13615/msg_100_proc_457.pdf</t>
   </si>
   <si>
     <t>Substitui a expressão "'Cãominhada em Defesa da Vida Animal" constante nas Leis n".º1602-A, de 24 de agosto de 2005, 2306-A, de 08 de janeiro de 2010, 2584-A, de 6 de abril de 2011, 2709-A, de 7 de outubro de 2011 e 3626-A, de 21 de julho de 2017, por "Caminhada em Defesa da Vida Animal".</t>
   </si>
   <si>
     <t>13616</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13616/159_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13616/159_re.pdf</t>
   </si>
   <si>
     <t>Estabelece políticas públicas municipais para pessoas com Transtorno do Espectro Autista.</t>
   </si>
   <si>
     <t>13617</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13617/160.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13617/160.pdf</t>
   </si>
   <si>
     <t>Estabelece normas gerais e critérios básicos e mínimos para a promoção da acessibilidade das pessoas com deficiência ou com mobilidade reduzida e dá outras providências.</t>
   </si>
   <si>
     <t>13618</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13618/161_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13618/161_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação da lista de espera dos munícipes cadastrados para o acesso aos programas habitacionais do município.</t>
   </si>
   <si>
     <t>13619</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13619/msg_103_proc_464.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13619/msg_103_proc_464.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário de Eventos do Município de São Vicente o "Dia de Conscientização e Enfrentamento à Fibromialgia" e dá outras providências.</t>
   </si>
   <si>
     <t>13620</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13620/msg_105_proc_466.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13620/msg_105_proc_466.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n.º 1520, de 25.08.72 e alterações, que instituiu pagamento de um pecúlio por morte do segurado, da Caixa de Previdência dos Servidores Municipais</t>
   </si>
   <si>
     <t>13621</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13621/msg_109_proc_470.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13621/msg_109_proc_470.pdf</t>
   </si>
   <si>
     <t>Institui  o  Programa  Técnico Social de Zeladoria  do Município de São Vicente e dá outras  providências.</t>
   </si>
   <si>
     <t>13622</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13622/165_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13622/165_re.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Prematuridade e dispõe sobre a realização anual de ações relacionadas ao enfrentamento do parto prematuro durante o mês de novembro.</t>
   </si>
   <si>
     <t>13623</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13623/166_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13623/166_cf.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Assistência à Saúde de alunos com diabetes nas escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>13624</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13624/167_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13624/167_re.pdf</t>
   </si>
   <si>
     <t>Denomina Professora Rosemary Cardoso Figueira a Avenida Marginal, pista sul, da Rodovia Padre Manoel de Nóbrega, entre a divisa com a Praia Grande e o km 286.</t>
   </si>
   <si>
     <t>13625</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13625/168.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13625/168.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação de Amparo ao Menor - AAM, com sede e foro no Município</t>
   </si>
   <si>
     <t>13626</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13626/170_cf.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13626/170_cf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de infraestrutura de suporte para equipamentos de telecomunicações.</t>
   </si>
   <si>
     <t>13627</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13627/171_re.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13627/171_re.pdf</t>
   </si>
   <si>
     <t>Torna obrigatório o ensino de noções básicas sobre a Lei Maria da Penha nas escolas municipais do Município de São Vicente.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Vicentina à Sra. Andréa Lúcia de Castro Gonçalves Gouvêa.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Concede o Diploma “Ronaldo Frutuoso” aos atores, diretores, assistentes e colaboradores da Encenação da Fundação da Vila de São Vicente - 2019.</t>
   </si>
@@ -2701,68 +2701,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13090/1_ja.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13092/3_cf.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13093/4_cf.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13094/5_cf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13095/6_ja.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13096/7.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13097/8_cf.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13098/9_ja.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13099/10_re.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13100/11_cf.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13101/12__ja.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13102/13_ja.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13103/msg_3_proc_43.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13104/msg_4_proc_44.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13184/msg_6_proc_46.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13185/msg_8_proc_48.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13186/18_ja.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13187/19_ja.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13188/msg_9_-_proc_56.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13189/msg_10_proc_57.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13190/22_ja.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13191/23_re.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13192/24_ja.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13193/25_ja.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13194/msg_11_-_proc_65.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13195/27_re.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13196/28_cf.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13198/29_ja.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13200/30_re.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13202/31_cf.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13215/msg_14_-_proc.103_correta.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13218/msg_15_-_proc_104-.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13220/msg_16_-_proc_105.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13223/35_re.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13226/36_cf.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13269/37_cf.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13270/38_cf.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13271/msg_18_-_proc_116.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13272/40_re.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13273/41_cf.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13274/42_re.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13275/msg_19_-_proc_133.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13276/44_cf.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13277/45_re.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13278/msg_21_-_proc_149.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13279/msg_24_-_proc_153.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13280/48_cf.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13281/49_re.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13282/50_cf.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13283/51_ja.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13284/52_re.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13285/53_cf.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13286/msg_31_-_proc_175.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13287/55_cf.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13288/56_cf.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13289/57_ja.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13290/58_re.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13291/59_re.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13292/60_cf.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13293/61_re.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13294/62.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13295/63_re.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13296/64_ja.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13297/65_re.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13298/66_cf.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13299/msg_34_-_proc_228.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13300/msg_35_-_proc_229.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13301/msg_36_-_proc_230.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13302/msg_37_-_proc_231.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13303/msg_43_-_proc_243.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13304/72_re.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13305/73_cf.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13307/75_cf.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13308/76_cf.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13309/77.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13310/msg_48_-_proc_270.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13311/msg_50_-_proc_272.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13312/msg_53_-_proc_275.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13313/81_cf.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13314/82_cf.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13315/83.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13426/84_re.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13428/85_cf.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13431/86_re.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13435/87_re.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13437/88.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13439/89_re.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13441/90_re.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13444/91.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13447/92_re.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13542/93_re.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13543/94_cf.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13544/95_re.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13545/96_cf.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13546/97_re.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13547/msg_58_proc_341.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13548/msg_59_-_proc_342.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13549/msg_60_-_proc_343.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13551/msg_61_-_proc_344.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13552/msg_62_proc_345.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13553/msg_63_-_proc_346.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13554/msg_65_-_proc_348.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13555/105_re.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13556/106_re.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13557/107_cf.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13558/108_re.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13559/msg_68_-_proc_359.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13560/110_re.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13561/111_cf.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13562/msg_70__proc_365.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13563/113_re.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13564/114_cf.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13565/115_re.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13566/116_cf.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13567/117_cf.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13569/msg_78_-_proc_388.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13570/msg_79_-_proc_389.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13571/121_cf.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13572/122_cf.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13573/123_re.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13574/124_cf.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13575/125_re.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13576/msg_76_-_proc_396.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13568/127_re.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13577/msg_83_-_proc_400.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13578/129_re.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13579/130_re.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13580/131_re.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13581/132_re.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13582/133_re.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13583/134_re.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13584/msg_87_-_proc_418.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13585/136_re.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13586/137_re.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13587/138_re.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13593/msg_88_-_proc_424.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13594/msg_89_-_proc_425.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13595/141_re.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13596/142_re.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13597/143_re.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13598/144_re.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13599/145_re.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13600/146_cf.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13604/147_re.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13605/148_cf.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13606/149_re.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13607/150_cf.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13608/151_re.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13609/152_cf.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13610/153_cf.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13611/msg_95_-_proc_452.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13612/msg_97_-_proc_454.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13613/msg_98_proc_455.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13614/msg_99_-_proc_456.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13615/msg_100_proc_457.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13616/159_re.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13617/160.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13618/161_cf.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13619/msg_103_proc_464.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13620/msg_105_proc_466.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13621/msg_109_proc_470.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13622/165_re.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13623/166_cf.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13624/167_re.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13625/168.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13626/170_cf.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13627/171_re.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13090/1_ja.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13092/3_cf.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13093/4_cf.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13094/5_cf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13095/6_ja.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13096/7.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13097/8_cf.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13098/9_ja.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13099/10_re.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13100/11_cf.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13101/12__ja.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13102/13_ja.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13103/msg_3_proc_43.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13104/msg_4_proc_44.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13184/msg_6_proc_46.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13185/msg_8_proc_48.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13186/18_ja.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13187/19_ja.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13188/msg_9_-_proc_56.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13189/msg_10_proc_57.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13190/22_ja.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13191/23_re.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13192/24_ja.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13193/25_ja.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13194/msg_11_-_proc_65.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13195/27_re.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13196/28_cf.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13198/29_ja.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13200/30_re.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13202/31_cf.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13215/msg_14_-_proc.103_correta.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13218/msg_15_-_proc_104-.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13220/msg_16_-_proc_105.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13223/35_re.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13226/36_cf.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13269/37_cf.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13270/38_cf.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13271/msg_18_-_proc_116.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13272/40_re.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13273/41_cf.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13274/42_re.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13275/msg_19_-_proc_133.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13276/44_cf.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13277/45_re.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13278/msg_21_-_proc_149.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13279/msg_24_-_proc_153.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13280/48_cf.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13281/49_re.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13282/50_cf.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13283/51_ja.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13284/52_re.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13285/53_cf.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13286/msg_31_-_proc_175.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13287/55_cf.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13288/56_cf.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13289/57_ja.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13290/58_re.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13291/59_re.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13292/60_cf.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13293/61_re.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13294/62.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13295/63_re.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13296/64_ja.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13297/65_re.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13298/66_cf.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13299/msg_34_-_proc_228.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13300/msg_35_-_proc_229.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13301/msg_36_-_proc_230.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13302/msg_37_-_proc_231.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13303/msg_43_-_proc_243.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13304/72_re.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13305/73_cf.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13307/75_cf.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13308/76_cf.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13309/77.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13310/msg_48_-_proc_270.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13311/msg_50_-_proc_272.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13312/msg_53_-_proc_275.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13313/81_cf.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13314/82_cf.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13315/83.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13426/84_re.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13428/85_cf.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13431/86_re.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13435/87_re.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13437/88.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13439/89_re.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13441/90_re.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13444/91.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13447/92_re.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13542/93_re.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13543/94_cf.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13544/95_re.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13545/96_cf.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13546/97_re.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13547/msg_58_proc_341.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13548/msg_59_-_proc_342.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13549/msg_60_-_proc_343.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13551/msg_61_-_proc_344.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13552/msg_62_proc_345.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13553/msg_63_-_proc_346.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13554/msg_65_-_proc_348.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13555/105_re.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13556/106_re.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13557/107_cf.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13558/108_re.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13559/msg_68_-_proc_359.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13560/110_re.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13561/111_cf.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13562/msg_70__proc_365.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13563/113_re.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13564/114_cf.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13565/115_re.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13566/116_cf.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13567/117_cf.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13569/msg_78_-_proc_388.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13570/msg_79_-_proc_389.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13571/121_cf.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13572/122_cf.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13573/123_re.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13574/124_cf.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13575/125_re.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13576/msg_76_-_proc_396.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13568/127_re.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13577/msg_83_-_proc_400.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13578/129_re.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13579/130_re.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13580/131_re.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13581/132_re.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13582/133_re.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13583/134_re.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13584/msg_87_-_proc_418.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13585/136_re.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13586/137_re.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13587/138_re.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13593/msg_88_-_proc_424.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13594/msg_89_-_proc_425.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13595/141_re.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13596/142_re.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13597/143_re.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13598/144_re.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13599/145_re.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13600/146_cf.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13604/147_re.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13605/148_cf.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13606/149_re.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13607/150_cf.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13608/151_re.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13609/152_cf.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13610/153_cf.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13611/msg_95_-_proc_452.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13612/msg_97_-_proc_454.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13613/msg_98_proc_455.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13614/msg_99_-_proc_456.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13615/msg_100_proc_457.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13616/159_re.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13617/160.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13618/161_cf.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13619/msg_103_proc_464.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13620/msg_105_proc_466.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13621/msg_109_proc_470.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13622/165_re.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13623/166_cf.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13624/167_re.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13625/168.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13626/170_cf.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2019/13627/171_re.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H209"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>