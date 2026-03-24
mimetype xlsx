--- v0 (2025-10-22)
+++ v1 (2026-03-24)
@@ -54,2476 +54,2476 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15630</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15630/projeto_de_lei_complementar_0001.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15630/projeto_de_lei_complementar_0001.pdf</t>
   </si>
   <si>
     <t>Redenomina, extingue e cria cargos e funções gratificadas no Quadro de Pessoal da Câmara Municipal de São Vicente, que dispõe a Lei n.° 1976/84, e dá outras providências.</t>
   </si>
   <si>
     <t>15631</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Luis Cláudio Bili</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15631/projeto_de_lei_complementar_0002.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15631/projeto_de_lei_complementar_0002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção de Taxa de Licença para Publicidade e da Taxa de Licença para o exercício de comércio eventual para o evento que especifica.</t>
   </si>
   <si>
     <t>15632</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15632/projeto_de_lei_complementar_0003.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15632/projeto_de_lei_complementar_0003.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro de Pessoal da Câmara Municipal de São Vicente, que dispõe a Lei n.° 1976/84, e dá outras providências.</t>
   </si>
   <si>
     <t>15633</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15633/projeto_de_lei_complementar_0004.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15633/projeto_de_lei_complementar_0004.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei Complementar n° 15/91.</t>
   </si>
   <si>
     <t>15634</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15634/projeto_de_lei_complementar_0005.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15634/projeto_de_lei_complementar_0005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste salarial de 7% sobre o salário base e 20% sobre o abono alimentação dos servidores municipais em atividade da Prefeitura Municipal de São Vicente, da Caixa de_x000D_
 Saúde e Pecúlio dos Servidores Municipais, do Instituto de Previdência dos Servidores Municipais, aos servidores inativos e pensionistas do Instituto, e dá outras providências.</t>
   </si>
   <si>
     <t>15635</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15635/projeto_de_lei_complementar_0006.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15635/projeto_de_lei_complementar_0006.pdf</t>
   </si>
   <si>
     <t>Revoga o inciso XII do art. 1° da Lei Complementar nº 15, de 28.11.91.</t>
   </si>
   <si>
     <t>15636</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15636/projeto_de_lei_complementar_0007.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15636/projeto_de_lei_complementar_0007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste salarial dos servidores do Quadro de Pessoal da Câmara Municipal_x000D_
 de São Vicente.</t>
   </si>
   <si>
     <t>15637</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Institui a Lei Geral Municipal do Microempreendedor Individual, da Microempresa e Empresa de Pequeno Porte (EPP) do Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>15638</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Fundo Especial da Divida Ativa - FEDA e dá outras providências.</t>
   </si>
   <si>
     <t>15639</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15639/projeto_de_lei_complementar_0010.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15639/projeto_de_lei_complementar_0010.pdf</t>
   </si>
   <si>
     <t>Acrescenta anexo II e altera a redação do artigo 7.° da Lei Complementar n.° 743, de 18 de dezembro de 2013, que estabelece condições de provimento, altera o quadro de pessoal da Câmara Municipal de São Vicente, extingue cargos e dá outras providências.</t>
   </si>
   <si>
     <t>15640</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15640/projeto_de_lei_complementar_0011.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15640/projeto_de_lei_complementar_0011.pdf</t>
   </si>
   <si>
     <t>Altera a redação e acrescenta parágrafo único ao art. 47 da Lei Complementar n° 147, de 02.01.97, e suas alterações.</t>
   </si>
   <si>
     <t>15641</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Altera o Anexo l da Lei Complementar nº 268, de 28.12.99, que dispõe sobre o Quadro de Pessoal da Prefeitura, cria cargos, institui o Plano de Cargos e Carreiras, e dá outras providências.</t>
   </si>
   <si>
     <t>15642</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15642/projeto_de_lei_complementar_0013.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15642/projeto_de_lei_complementar_0013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso de área de eventos do Itararé.</t>
   </si>
   <si>
     <t>15643</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15643/projeto_de_lei_complementar_0014.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15643/projeto_de_lei_complementar_0014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Adicional de Risco do Guarda Civil Municipal.</t>
   </si>
   <si>
     <t>15644</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15644/projeto_de_lei_complementar_0015.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15644/projeto_de_lei_complementar_0015.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos l, III e V da Lei Complementar n° 268, de 28.12.99, que dispõe sobre o Quadro de Pessoal da Prefeitura, cria cargos, institui o Plano de Cargos e Carreiras, e dá outras providências.</t>
   </si>
   <si>
     <t>15645</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15645/projeto_de_lei_complementar_0016.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15645/projeto_de_lei_complementar_0016.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei Complementar n° 268, de 28.12.99, que dispõe sobre o Quadro de Pessoal da Prefeitura, cria cargos, institui o Plano de Cargos e Carreiras, e dá outras providências.</t>
   </si>
   <si>
     <t>15646</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15646/projeto_de_lei_complementar_0017.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15646/projeto_de_lei_complementar_0017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1°, e do § 2° do art. 2° da Lei Complementar n° 748, de 07.03.14, que autoriza o Poder Executivo a celebrar Convênio com o Estado de São Paulo, por meio da Secretária de Segurança Pública, e cria a Gratificação por Desempenho de Atividade Delegada, nos termos que especifica.</t>
   </si>
   <si>
     <t>15647</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15647/projeto_de_lei_complementar_0018.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15647/projeto_de_lei_complementar_0018.pdf</t>
   </si>
   <si>
     <t>Inclui o parágrafo único ao art. 206, da Lei n° 1745, de 29/09/1977 Código Tributário Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>15648</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15648/projeto_de_lei_complementar_0019.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15648/projeto_de_lei_complementar_0019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura administrativa da Prefeitura, e dá outras providências.</t>
   </si>
   <si>
     <t>15649</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15649/projeto_de_lei_complementar_0020.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15649/projeto_de_lei_complementar_0020.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos I e V da Lei Complementar nº 268, de 28.12.99, que dispõe sobre o Quadro de Pessoal da Prefeitura, cria cargos, institui o Plano de Cargos e Carreiras, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>15650</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15650/projeto_de_lei_complementar_0021.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15650/projeto_de_lei_complementar_0021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de desconto para pagamentos, em cota única, de tributos de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>15651</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15651/projeto_de_lei_complementar_0022.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15651/projeto_de_lei_complementar_0022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a, no exercício de 2015, reduzir as alíquotas de IPTU dos imóveis construídos sem aprovação da Prefeitura, nas condições que especifica.</t>
   </si>
   <si>
     <t>15652</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15652/projeto_de_lei_complementar_0023.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15652/projeto_de_lei_complementar_0023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor devido a título de IPTU Imposto Predial e Territorial Urbano a ser pago no exercício de 2015.</t>
   </si>
   <si>
     <t>15653</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15653/projeto_de_lei_complementar_0024.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15653/projeto_de_lei_complementar_0024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de bônus aos integrantes do Quadro do Magistério, e dá outras providências.</t>
   </si>
   <si>
     <t>15654</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15654/projeto_de_lei_complementar_0025.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15654/projeto_de_lei_complementar_0025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso e procedimento para o licenciamento dos ciclomotores no Município, estabelece valores para cobrança de taxa e dá outras providências.</t>
   </si>
   <si>
     <t>15655</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15655/projeto_de_lei_complementar_0026.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15655/projeto_de_lei_complementar_0026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de desconto para pagamento da Taxa de Licença para o Exercício do Comércio de Feirantes para o exercício de 2015, nas condições que especifica.</t>
   </si>
   <si>
     <t>15656</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15656/projeto_de_lei_complementar_0027.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15656/projeto_de_lei_complementar_0027.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de desconto para pagamento da Taxa de Licença para Localização e Funcionamento fixada aos permissionários de quiosques na Praia do Itararé e autorizatários de quiosques nas Praias do Gonzaguinha e dos Milionários, da Taxa de Licença para o Exercício do Comércio de Ambulantes e de permissionários de bens municipais para o exercício de 2015, nas condições que especifica.</t>
   </si>
   <si>
     <t>15657</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15657/projeto_de_lei_complementar_0028.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15657/projeto_de_lei_complementar_0028.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Complementar n° 665, de 21.10.11, que dispõe sobre os custos de expediente na cobrança e pagamento de débitos municipais, de natureza tributária e não tributária, incluindo os da dívida ativa.</t>
   </si>
   <si>
     <t>15658</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15658/projeto_de_lei_complementar_0029.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15658/projeto_de_lei_complementar_0029.pdf</t>
   </si>
   <si>
     <t>Altera a redação, acrescenta e suprime dispositivos da Lei nº 1745/77 Código Tributário do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>15659</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15659/projeto_de_lei_complementar_0030.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15659/projeto_de_lei_complementar_0030.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo para protocolo de requerimentos visando à instrução dos pedidos de regularização ou legalização de imóveis, previsto no art. 9º da Lei Complementar n° 734, de 01.11.13.</t>
   </si>
   <si>
     <t>15660</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15660/projeto_de_lei_complementar_0031.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15660/projeto_de_lei_complementar_0031.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Defesa do Consumidor - SIMDC, e dá outras providências.</t>
   </si>
   <si>
     <t>15661</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15661/projeto_de_lei_complementar_0032.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15661/projeto_de_lei_complementar_0032.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1°, da Lei Complementar n° 767, de 24.10.14, que alterou a Lei Complementar n° 748, de 07.03.14, que autoriza o Poder Executivo a celebrar Convênio com o Estado de São Paulo, por meio da Secretária de Segurança Pública, e cria a Gratificação por Desempenho de Atividade Delegada, nos termos que especifica.</t>
   </si>
   <si>
     <t>15662</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15662/projeto_de_lei_complementar_0033.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15662/projeto_de_lei_complementar_0033.pdf</t>
   </si>
   <si>
     <t>Altera redação e acrescenta dispositivos à Lei Complementar nº 558 de 17.12.08. alterada pela Lei Complementar nº 670 de 25.11.11 e suas alterações e dá outras providências.</t>
   </si>
   <si>
     <t>15663</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15663/projeto_de_lei_complementar_0034.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15663/projeto_de_lei_complementar_0034.pdf</t>
   </si>
   <si>
     <t>Altera redação, acrescenta e suprime dispositivos e altera o Anexo I da Lei Complementar n° 628, de 01.10.10, que dispõe sobre a Taxa de Vigilância Sanitária do Município e dá outras providências.</t>
   </si>
   <si>
     <t>15664</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15664/projeto_de_lei_complementar_0035.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15664/projeto_de_lei_complementar_0035.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos da Lei Complementar nº 606, de 18.12.09, alterada pelas Leis Complementares n°s 635, de 05.11.10, e 718, de 07.08.13, que dispõe sobre o Regime Próprio de Previdência Social São Vicente - RPPSSV e sobre o Instituto de Previdência dos Servidores Municipais de São Vicente, define o Plano de Custeio para o exercício 2010 e seguintes, e dá outras providências.</t>
   </si>
   <si>
     <t>15665</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15665/projeto_de_lei_complementar_0036.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15665/projeto_de_lei_complementar_0036.pdf</t>
   </si>
   <si>
     <t>Altera redação do caput do art. 230 e acrescenta o parágrafo único ao art. 232 da Lei n° 1745/77 - Código Tributário do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>15666</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15666/projeto_de_lei_complementar_0037.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15666/projeto_de_lei_complementar_0037.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Complementar n° 755, de 09 de maio de 2014, que dispõe sobre a_x000D_
 instituição do Fundo Especial da Dívida Ativa - FEDA e dá outras providências.</t>
   </si>
   <si>
     <t>15667</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15667/projeto_de_lei_complementar_0038.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15667/projeto_de_lei_complementar_0038.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de débitos judiciais e extrajudiciais para com a Fazenda Pública Municipal e concede descontos sobre valores de multas e juros relativos a tributos e multas de qualquer natureza, para pagamento parcelado, nas condições que especifica.</t>
   </si>
   <si>
     <t>15668</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15668/projeto_de_lei_complementar_0039.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15668/projeto_de_lei_complementar_0039.pdf</t>
   </si>
   <si>
     <t>Altera a redação, acrescenta e suprime dispositivos da Lei n° 1745/77 - Código Tributário do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>15669</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15669/projeto_de_lei_complementar_0040.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15669/projeto_de_lei_complementar_0040.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de incentivos fiscais e benefícios para o fomento ao esporte no_x000D_
 Município de São Vicente/SP; cria a Comissão de Avaliação de Projetos Esportivos - CAPE e a_x000D_
 Coordenadoria de Incentivos na Secretaria Municipal de Esportes, Lazer e Recreação.</t>
   </si>
   <si>
     <t>7223</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7223/projeto_de_lei_0001.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7223/projeto_de_lei_0001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o levantamento de importâncias depositadas em juízo, cria o Fundo de Reserva e Depósitos Judiciais e dá outras providências.</t>
   </si>
   <si>
     <t>7224</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7224/projeto_de_lei_0002.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7224/projeto_de_lei_0002.pdf</t>
   </si>
   <si>
     <t>Desafeta da classe dos bens patrimoniais do Município e transfere para a dos bens de uso comum do povo, a área que descreve e a denomina Praça da Biquinha.</t>
   </si>
   <si>
     <t>7225</t>
   </si>
   <si>
     <t>Paulinho Alfaiate</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7225/projeto_de_lei_0003.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7225/projeto_de_lei_0003.pdf</t>
   </si>
   <si>
     <t>Denomina Dr. Francisco Geraldo Sampaio Feitosa o Pronto Socorro do Humaitá.</t>
   </si>
   <si>
     <t>7226</t>
   </si>
   <si>
     <t>Perivaldo do Gás</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7226/projeto_de_lei_0004.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7226/projeto_de_lei_0004.pdf</t>
   </si>
   <si>
     <t>Autoriza o uso, a título preçário, da Área de Eventos da Praia do Itararé, pela Casa Anderson, no período de 7 de fevereiro a 9 de março de 2014, para a realização do evento denominado_x000D_
 "Carnaval de Antigamente".</t>
   </si>
   <si>
     <t>7227</t>
   </si>
   <si>
     <t>Gilberto Rampon</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7227/projeto_de_lei_0005.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7227/projeto_de_lei_0005.pdf</t>
   </si>
   <si>
     <t>Proíbe a emissão sonora enquadrada como de alto nível por parte, de automóveis dotados de_x000D_
 aparelhos de som em circulação ou estacionados em vias e logradouros públicos do_x000D_
 Município, e dá outras providências.</t>
   </si>
   <si>
     <t>7228</t>
   </si>
   <si>
     <t>Alfredo Moura</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7228/projeto_de_lei_0006.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7228/projeto_de_lei_0006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Antônio Carlos Brasileiro de Almeida Jobim, no Gonzaguinha e da Praça Clóvis Chaves dos Santos, no Humaitá, no dia 10 de maio de 2014, pela Brasil Soka Gakkai Internacional, para a_x000D_
 realização do evento Proposta da Paz.</t>
   </si>
   <si>
     <t>7229</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7229/projeto_de_lei_0007.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7229/projeto_de_lei_0007.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Especial visando criar despesas na Lei Orçamentaria nº 3159-A, de 27 de dezembro de 2013.</t>
   </si>
   <si>
     <t>7230</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7230/projeto_de_lei_0008.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7230/projeto_de_lei_0008.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o LAM - Lar de Acolhimento de Meninas e Meninas, visando à cessão de servidores públicos municipais à entidade.</t>
   </si>
   <si>
     <t>7231</t>
   </si>
   <si>
     <t>Diogo Batista</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7231/projeto_de_lei_0009.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7231/projeto_de_lei_0009.pdf</t>
   </si>
   <si>
     <t>Cria e institui no Calendário Oficial do Município o Dia Municipal de Prevenção ao Câncer de Ovário, a ser realizado anualmente no dia 8 de maio.</t>
   </si>
   <si>
     <t>7232</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7232/projeto_de_lei_0010.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7232/projeto_de_lei_0010.pdf</t>
   </si>
   <si>
     <t>Proíbe o uso de placas informativas e impressão em bilhetes ou cupons, em estacionamentos e/ou similares com os seguintes dizeres: "Não nos responsabilizamos por objetos deixados no interior do veículo", e dá outras providências.</t>
   </si>
   <si>
     <t>7233</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7233/projeto_de_lei_0011.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7233/projeto_de_lei_0011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento, nas condições que especifica, de débitos do Município de São Vicente com seu Regime Próprio de Previdência Social - RPPS.</t>
   </si>
   <si>
     <t>7234</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7234/projeto_de_lei_0012.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7234/projeto_de_lei_0012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento, em até 60 (sessenta) prestações mensais, de débitos do_x000D_
 Município de São Vicente com seu Regime Próprio de Previdência Social - RPPS.</t>
   </si>
   <si>
     <t>7235</t>
   </si>
   <si>
     <t>Junior Bozzella</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7235/projeto_de_lei_0013.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7235/projeto_de_lei_0013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da área do bolsão de_x000D_
 estacionamento da Praia, do Itararé, por parte da Associação Vicentina de Esportes Radicais para a realização do evento 1ª Caminhada Radical de São Vicente.</t>
   </si>
   <si>
     <t>7236</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7236/projeto_de_lei_0014.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7236/projeto_de_lei_0014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do trava-queda acoplado à trava de segurança nos brinquedos instalados em parque de diversões e eventos de entretenimento no âmbito do Município.</t>
   </si>
   <si>
     <t>7237</t>
   </si>
   <si>
     <t>Roberto Rocha</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7237/projeto_de_lei_0015.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7237/projeto_de_lei_0015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Dário Aredes Lacerda, pela Assembleia de Deus Ministério do Belém, no dia 26 de abril de 2014, para a realização de culto evangélico.</t>
   </si>
   <si>
     <t>7238</t>
   </si>
   <si>
     <t>Pedro Gouvêa</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7238/projeto_de_lei_0016.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7238/projeto_de_lei_0016.pdf</t>
   </si>
   <si>
     <t>Acrescenta § 3.° ao Art. 1.° da Lei n.° 3131 -A/2013, que dispõe sobre a obrigatoriedade de afixação de avisos de segurança em escadas rolantes de quaisquer estabelecimentos com_x000D_
 circulação de público e dá outras providências.</t>
   </si>
   <si>
     <t>7239</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7239/projeto_de_lei_0017.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7239/projeto_de_lei_0017.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões na Rua Frei Gaspar, bairro Cidade Náutica, na quadra que especifica.</t>
   </si>
   <si>
     <t>7240</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7240/projeto_de_lei_0018.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7240/projeto_de_lei_0018.pdf</t>
   </si>
   <si>
     <t>Inclui item ao art. 1° da Lei n° 1785, de 10.9.78 e suas alterações, que autoriza o Poder Executivo a celebrar Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>7241</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7241/projeto_de_lei_0019.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7241/projeto_de_lei_0019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Antônio Carlos_x000D_
 Brasileiro de Almeida Jobim, na Praia do Gonzaguinha, pela Igreja "Obra da Restauração" de São Vicente.</t>
   </si>
   <si>
     <t>7242</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7242/projeto_de_lei_0020.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7242/projeto_de_lei_0020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênios com o Governo do Estado de São Paulo, por intermédio da Secretaria da Educação e a Fundação para o Desenvolvimento da Educação, visando à construção de creches.</t>
   </si>
   <si>
     <t>7243</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7243/projeto_de_lei_0021.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7243/projeto_de_lei_0021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação Sonhar é Preciso.</t>
   </si>
   <si>
     <t>7244</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7244/projeto_de_lei_0022.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7244/projeto_de_lei_0022.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 2° e acrescenta art. 3° à Lei n° 3172-A, 28.03.14, que inclui item ao art. 1° da Lei n° 1785, de 1° de setembro de 1978 e suas alterações, que autoriza o Poder Executivo a celebrar Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>7245</t>
   </si>
   <si>
     <t>Alfredo Martins</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7245/projeto_de_lei_0024.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7245/projeto_de_lei_0024.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Verdade e dá outras providências.</t>
   </si>
   <si>
     <t>7246</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7246/projeto_de_lei_0025.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7246/projeto_de_lei_0025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção ao Hospital São José - Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>7247</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7247/projeto_de_lei_0027.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7247/projeto_de_lei_0027.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização por instituições financeiras localizadas no Município de duas cadeiras de rodas, destinadas à locomoção de idosos ou usuários com mobilidade reduzida.</t>
   </si>
   <si>
     <t>7248</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7248/projeto_de_lei_0028.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7248/projeto_de_lei_0028.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da área de eventos da Praia do_x000D_
 Itararé, por parte da APAE de São Vicente, em parceria com o Fundo Social de Solidariedade_x000D_
 do Município, para a realização da 18.a Festa do Morango, 4.a Festa de Artesanatos e_x000D_
 Tradições Brasileiras e Festa da Uva, nos períodos que especifica.</t>
   </si>
   <si>
     <t>7249</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7249/projeto_de_lei_0029.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7249/projeto_de_lei_0029.pdf</t>
   </si>
   <si>
     <t>7250</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7250/projeto_de_lei_0030.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7250/projeto_de_lei_0030.pdf</t>
   </si>
   <si>
     <t>7251</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7251/projeto_de_lei_0031.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7251/projeto_de_lei_0031.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n° 2636-A, de 03.06.11, que dispõe sobre o Conselho Municipal de Promoção da Igualdade Racial.</t>
   </si>
   <si>
     <t>7252</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7252/projeto_de_lei_0032.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7252/projeto_de_lei_0032.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção a Associação de Cultura, Lazer, Esporte Social e Trabalho Metropolitano da Baixada Santista - ACLESTRAME B.S</t>
   </si>
   <si>
     <t>7253</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7253/projeto_de_lei_0033.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7253/projeto_de_lei_0033.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção ao Clube de Mães da Vila São Jorge.</t>
   </si>
   <si>
     <t>7254</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7254/projeto_de_lei_0034.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7254/projeto_de_lei_0034.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Sociedade Beneficente de Mãos Dadas com a Comunidade.</t>
   </si>
   <si>
     <t>7255</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7255/projeto_de_lei_0035.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7255/projeto_de_lei_0035.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação dos Moradores do Humaitá para Melhoria e Revitalização da Autoestima.</t>
   </si>
   <si>
     <t>7256</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7256/projeto_de_lei_0036.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7256/projeto_de_lei_0036.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Símbolo, no bairro_x000D_
 Samaritá, pela Igreja Pentecostal Deus é Amor.</t>
   </si>
   <si>
     <t>7257</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7257/projeto_de_lei_0037.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7257/projeto_de_lei_0037.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a ONG - Associação Progresso, sociedade civil, sem fins lucrativos, com sede e foro no Município.</t>
   </si>
   <si>
     <t>7258</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7258/projeto_de_lei_0038.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7258/projeto_de_lei_0038.pdf</t>
   </si>
   <si>
     <t>Inclui itens ao art. 1º da Lei nº 1785, de 1°.9.78 e suas alterações, que autoriza o Poder Executivo a celebrar Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>7259</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7259/projeto_de_lei_0039.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7259/projeto_de_lei_0039.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Igreja Evangélica em São Vicente - Ministério Obra da Restauração.</t>
   </si>
   <si>
     <t>7260</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7260/projeto_de_lei_0040.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7260/projeto_de_lei_0040.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção ao Hospital São José — Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>7261</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7261/projeto_de_lei_0041.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7261/projeto_de_lei_0041.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Fiscal do Ano de 2015 e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>7262</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7262/projeto_de_lei_0042.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7262/projeto_de_lei_0042.pdf</t>
   </si>
   <si>
     <t>Autoriza a permissão do uso de Praça Dario Aredes Lacerda no período de 13 de junho a 13 de julho de 2014, pela Associação Escolinha da Pastoral, visando à realização de Festa Junina.</t>
   </si>
   <si>
     <t>7263</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7263/projeto_de_lei_0043.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7263/projeto_de_lei_0043.pdf</t>
   </si>
   <si>
     <t>Inclui item ao art. 1° da Lei nº 1785, de 1°.9.78 e suas alterações, que autoriza o Poder Executivo a celebrar Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>7264</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7264/projeto_de_lei_0044.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7264/projeto_de_lei_0044.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação de Amigos Unidos da Cidade Náutica.</t>
   </si>
   <si>
     <t>7265</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7265/projeto_de_lei_0045.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7265/projeto_de_lei_0045.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação Amigos do Idoso, Criança, e Adolescente da Área Continental no exercício de 2014.</t>
   </si>
   <si>
     <t>7266</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7266/projeto_de_lei_0046.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7266/projeto_de_lei_0046.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação de Assistência à Ressocialização, no exercício de 2014.</t>
   </si>
   <si>
     <t>7267</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7267/projeto_de_lei_0047.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7267/projeto_de_lei_0047.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa da Câmara a abrir Crédito Adicional no valor de R$ 2.746.455,96 para suplementar créditos orçamentários do Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>7268</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7268/projeto_de_lei_0048.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7268/projeto_de_lei_0048.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Matteo Bei, na Vila Jóquei Clube, pela Igreja Assembleia de Deus Gideões Missionários de São Vicente.</t>
   </si>
   <si>
     <t>7269</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Fernando Bispo</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7269/projeto_de_lei_0049.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7269/projeto_de_lei_0049.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município o Dia do Lions Clube de São Vicente.</t>
   </si>
   <si>
     <t>7270</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7270/projeto_de_lei_0050.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7270/projeto_de_lei_0050.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município, o Dia do Conselheiro Tutelar.</t>
   </si>
   <si>
     <t>7271</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7271/projeto_de_lei_0051.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7271/projeto_de_lei_0051.pdf</t>
   </si>
   <si>
     <t>Inclui item ao art. 1º da Lei nº 1785, de 1º.9.78 e suas alterações, que autoriza o Poder Executivo a celebrar Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>7272</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7272/projeto_de_lei_0052.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7272/projeto_de_lei_0052.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, pela Associação Cultural Amigos do Catiapoã, da Praça Cora Coralina - no bairro Catiapoã, nos dias 31 de maio e 1.° de junho de 2014.</t>
   </si>
   <si>
     <t>7273</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7273/projeto_de_lei_0053.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7273/projeto_de_lei_0053.pdf</t>
   </si>
   <si>
     <t>7274</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7274/projeto_de_lei_0054.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7274/projeto_de_lei_0054.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio de cidades-irmãs entre São Vicente, Estado de São Paulo, Brasil, e Nacala, Cidade de Moçambique, África.</t>
   </si>
   <si>
     <t>7275</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7275/projeto_de_lei_0055.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7275/projeto_de_lei_0055.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir no Município o Programa Auxílio-Moradia, e revoga a Lei nº 2180-A, de 08.06.09, alterada pela Lei n° 2752-A, de 25.11.11, e dá outras providências.</t>
   </si>
   <si>
     <t>7276</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7276/projeto_de_lei_0056.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7276/projeto_de_lei_0056.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões na Rua Farmacêutico José Benedito Henriques, no_x000D_
 Catiapoã.</t>
   </si>
   <si>
     <t>7277</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7277/projeto_de_lei_0057.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7277/projeto_de_lei_0057.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões na Rua Ver. Dante Cecchi, no bairro Vila Ferroviária.</t>
   </si>
   <si>
     <t>7278</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7278/projeto_de_lei_0058.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7278/projeto_de_lei_0058.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a ARCESP - Associação Religiosa do Candomblé do Estado de São Paulo.</t>
   </si>
   <si>
     <t>7279</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Dr. Eduardo</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7279/projeto_de_lei_0059.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7279/projeto_de_lei_0059.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para embarque e desembarque de pessoas do sexo feminino no transporte coletivo urbano, no período noturno, em áreas consideradas de risco à integridade física da mulher no Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>7280</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7280/projeto_de_lei_0060.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7280/projeto_de_lei_0060.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a publicidade de listas contendo o nome dos estabelecimentos com maior número de reclamações nos Órgãos de Proteção e Defesa do Consumidor e dá outras providências.</t>
   </si>
   <si>
     <t>7281</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7281/projeto_de_lei_0061.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7281/projeto_de_lei_0061.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões na Rua Nicolau Patrício Moreira, na Cidade_x000D_
 Náutica.</t>
   </si>
   <si>
     <t>7282</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7282/projeto_de_lei_0062.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7282/projeto_de_lei_0062.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remoção de veículos automotores abandonados nas vias públicas do Município e dá outras providências.</t>
   </si>
   <si>
     <t>7283</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7283/projeto_de_lei_0063.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7283/projeto_de_lei_0063.pdf</t>
   </si>
   <si>
     <t>Inclui item ao art. 1° da Lei n° 1785, de 1°.09.78 e suas alterações, que autoriza o Poder Executivo a celebrar Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>7284</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7284/projeto_de_lei_0064.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7284/projeto_de_lei_0064.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a premiar as Quadrilhas Juninas participantes do II Festival de Quadrilhas Juninas de São Vicente de 2014.</t>
   </si>
   <si>
     <t>7285</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7285/projeto_de_lei_0065.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7285/projeto_de_lei_0065.pdf</t>
   </si>
   <si>
     <t>Inclui itens ao art. 1º da Lei nº 1785, de 1º.09.78 e suas alterações, que autoriza o Poder Executivo a celebrar Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>7286</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7286/projeto_de_lei_0066.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7286/projeto_de_lei_0066.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da área de eventos do Itararé, por entidades assistenciais e de benemerência para as festividades que especifica.</t>
   </si>
   <si>
     <t>7287</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7287/projeto_de_lei_0067.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7287/projeto_de_lei_0067.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de "lan houses", cyber cafés e estabelecimentos similares, manterem aviso alertando que o uso de computadores sem moderação pode causar_x000D_
 dependência e problemas psicológicos.</t>
   </si>
   <si>
     <t>7288</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7288/projeto_de_lei_0068.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7288/projeto_de_lei_0068.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Rua Paula Lourenço de Oliveira, entre as Ruas Profa. Lovely Plauchut, e Luiz Gama, no bairro Vila Margarida, pela Associação Comunitária da Vila Margarida, para realização do evento "Arraia do Bar do_x000D_
 Zé Victor" em dias e horários que especifica.</t>
   </si>
   <si>
     <t>7289</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7289/projeto_de_lei_0069.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7289/projeto_de_lei_0069.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o evento denominado "Arraia do Bar do Zé Victor".</t>
   </si>
   <si>
     <t>7290</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7290/projeto_de_lei_0070.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7290/projeto_de_lei_0070.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar com a Empresa Metropolitana de Transportes Urbanos de São Paulo S.A. - EMTU/SP, Termo de Cessão de Uso dos equipamentos que especifica.</t>
   </si>
   <si>
     <t>7291</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7291/projeto_de_lei_0071.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7291/projeto_de_lei_0071.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 2º e 3º da Lei 1047-A, de 21 de dezembro de 2001, que autoriza o Poder Executivo a celebrar Convênio com a Associação Comunitária Evangélica, visando apoiar o funcionamento do Lar de Amparo ao Idoso.</t>
   </si>
   <si>
     <t>7292</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7292/projeto_de_lei_0072.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7292/projeto_de_lei_0072.pdf</t>
   </si>
   <si>
     <t>Inclui item ao art. 1° da Lei n° 1785, de 1º.9.78 e suas alterações, que autoriza o Poder Executivo a celebrar Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>7293</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7293/projeto_de_lei_0073.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7293/projeto_de_lei_0073.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1773-A, de 06.10.06, alterada pela Lei nº 2107-A, de 15.04.09 - que cria o Conselho Municipal da Juventude - CMJ, e dá outras providências.</t>
   </si>
   <si>
     <t>7294</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7294/projeto_de_lei_0074.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7294/projeto_de_lei_0074.pdf</t>
   </si>
   <si>
     <t>7295</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7295/projeto_de_lei_0075.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7295/projeto_de_lei_0075.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n° 2013-A, de 18.07.08, que autoriza o Poder Executivo e as Autarquias Municipais a firmarem Convênio com instituições financeiras e bancárias, visando à concessão de empréstimos ou financiamentos aos servidores e funcionários públicos_x000D_
 municipais ativos, inativos e pensionistas.</t>
   </si>
   <si>
     <t>7296</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7296/projeto_de_lei_0076.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7296/projeto_de_lei_0076.pdf</t>
   </si>
   <si>
     <t>7297</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7297/projeto_de_lei_0077.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7297/projeto_de_lei_0077.pdf</t>
   </si>
   <si>
     <t>Inclui item ao art. 1° da Lei nº 1785, de 1º.9.78 e suas alterações, que autoriza o Poder Executivo a celebrar Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>7298</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7298/projeto_de_lei_0078.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7298/projeto_de_lei_0078.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Juizado Especial Cível desta Comarca, visando à homologação, pelo Poder Judiciário, dos acordos administrativos entre os consumidores e fornecedores, intermediários pelo PROCON Municipal de São Vicente.</t>
   </si>
   <si>
     <t>7299</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7299/projeto_de_lei_0079.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7299/projeto_de_lei_0079.pdf</t>
   </si>
   <si>
     <t>Autoriza o Superintendente do Serviço de Saúde de São Vicente a abrir, na Contabilidade daquela Autarquia Municipal, Crédito Adicional Suplementar visando atender convênios com o Ministério da Saúde, através do Fundo Nacional de Saúde.</t>
   </si>
   <si>
     <t>7300</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7300/projeto_de_lei_0080.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7300/projeto_de_lei_0080.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa da Câmara a abrir Crédito Adicional de R$ 555.000,00 suplementar à_x000D_
 dotação do orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>7301</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7301/projeto_de_lei_0081.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7301/projeto_de_lei_0081.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, da Praça Barão do Rio Branco, no Centro, pela Associação de Defesa do Consumidor e Cidadania - ADESCC, para realização do evento "Projeto Consumidor e Cidadania", em dia e horário que especifica.</t>
   </si>
   <si>
     <t>7302</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7302/projeto_de_lei_0082.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7302/projeto_de_lei_0082.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, da Praça Oswaldo Marques,_x000D_
 no bairro Conjunto Humaitá, pelo Parque de Diversões Dayane no período de 5 de junho_x000D_
 a 20 de julho de 2014 durante os festejos juninos.</t>
   </si>
   <si>
     <t>7303</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7303/projeto_de_lei_0083.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7303/projeto_de_lei_0083.pdf</t>
   </si>
   <si>
     <t>Autorizo o Poder Executivo a permitir o uso, a título precário, de área do Campo do Areião, no_x000D_
 Jardim Irmã Dolores, pela Associação em Prol do Desenvolvimento Cultural e Social -PRODEC.</t>
   </si>
   <si>
     <t>7304</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7304/projeto_de_lei_0084.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7304/projeto_de_lei_0084.pdf</t>
   </si>
   <si>
     <t>Altera redação do art. 1° da Lei nº 3204-A de 30 de maio de 2014, e dá outras providências.</t>
   </si>
   <si>
     <t>7305</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7305/projeto_de_lei_0085.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7305/projeto_de_lei_0085.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado, por meio do Programa de Parceria Público-Privada, instituído pela Lei Municipal n° 2109-A, de 24.04.09, respeitado o disposto na Lei Federal _x000D_
 nº 11079, de 30.12.04 e na Lei Estadual n° 11688, de 19.05.04, e respectivos regulamentos, implantar na Praça Coronel José Lopes, projeto de construção e exploração de locação_x000D_
 comercial de Centro Popular de Compras.</t>
   </si>
   <si>
     <t>7306</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7306/projeto_de_lei_0086.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7306/projeto_de_lei_0086.pdf</t>
   </si>
   <si>
     <t>Inclui item ao art. 1° da Lei n° 1785, de 1°.9.78 e suas alterações, que autoriza o Poder Executivo a celebrar Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>7307</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Marcelo Correia</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7307/projeto_de_lei_0087.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7307/projeto_de_lei_0087.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Movimento Inclusão e Cidadania.</t>
   </si>
   <si>
     <t>7308</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7308/projeto_de_lei_0088.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7308/projeto_de_lei_0088.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com a Associação Comunitária Evangélica Lar_x000D_
 Cristão de Amparo ao Idoso.</t>
   </si>
   <si>
     <t>7309</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7309/projeto_de_lei_0089.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7309/projeto_de_lei_0089.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 2° da Lei n° 3222-A, de 05.07.14, que inclui item ao art. 1° da Lei _x000D_
 n° 1785, de 1° de setembro de 1978 e suas alterações, que autoriza o Poder Executivo a_x000D_
 celebrar Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>7310</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7310/projeto_de_lei_0090.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7310/projeto_de_lei_0090.pdf</t>
   </si>
   <si>
     <t>7311</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7311/projeto_de_lei_0091.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7311/projeto_de_lei_0091.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação Beneficente Renova Ação.</t>
   </si>
   <si>
     <t>7312</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7312/projeto_de_lei_0092.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7312/projeto_de_lei_0092.pdf</t>
   </si>
   <si>
     <t>Autoriza o uso, a título precário, da área de eventos da Praia do Itararé, pela Igreja Mundial do Poder de Deus, no dia 24 de agosto de 2014, para a realização de evento evangelístico.</t>
   </si>
   <si>
     <t>7313</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7313/projeto_de_lei_0093.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7313/projeto_de_lei_0093.pdf</t>
   </si>
   <si>
     <t>Autoriza o uso, a título precário, da área defronte do Mercado Atalaia, no Jardim Irmã Dolores, pela Associação Nova São Vicente, no período de 15 de agosto a 15 de setembro de 2014, de sexta-feira a domingo, para a realização do Festival Cultural do Quarentenário.</t>
   </si>
   <si>
     <t>7314</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7314/projeto_de_lei_0094.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7314/projeto_de_lei_0094.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões e carretas na Rua Francisco Xavier dos Passos, na_x000D_
 Vila São Jorge.</t>
   </si>
   <si>
     <t>7315</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7315/projeto_de_lei_0095.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7315/projeto_de_lei_0095.pdf</t>
   </si>
   <si>
     <t>Autoriza o uso, a título precário, da Praça Brasília, no Parque das Bandeiras, para a realização de evento evangélico promovido pela Igreja Evangélica Apostólica Betel, no dia 27 de setembro de 2014, no horário que especifica.</t>
   </si>
   <si>
     <t>7316</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7316/projeto_de_lei_0096.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7316/projeto_de_lei_0096.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da 2ª Praça no bairro Parque das Bandeiras, por parte da entidade denominada Ordem Nacional de Capelania Cristã, para realização de evento nos termos que especifica.</t>
   </si>
   <si>
     <t>7317</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7317/projeto_de_lei_0097.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7317/projeto_de_lei_0097.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praça Coronel José Lopes, para a realização do Dia da Responsabilidade Social/2014, a cargo da UNIBR -_x000D_
 Faculdade de São Vicente, em dia e horário que especifica.</t>
   </si>
   <si>
     <t>7318</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7318/projeto_de_lei_0098.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7318/projeto_de_lei_0098.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões na Rua Joaquim Campos, no trecho que especifica, no Japuí.</t>
   </si>
   <si>
     <t>7319</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Ferrugem</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7319/projeto_de_lei_0099.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7319/projeto_de_lei_0099.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões na Rua Dr. Wenceslau Brás, no bairro Cidade Náutica.</t>
   </si>
   <si>
     <t>7320</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7320/projeto_de_lei_0100.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7320/projeto_de_lei_0100.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praça Dário Aredes Lacerda pela Igreja Assembleia de Deus Ministério do Belém, em dia e horário que especifica.</t>
   </si>
   <si>
     <t>7321</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7321/projeto_de_lei_0101.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7321/projeto_de_lei_0101.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de sanitários químicos nas feiras livres no Município e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>7322</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7322/projeto_de_lei_0102.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7322/projeto_de_lei_0102.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o Encontro de Tecnologia Metropolitano a ser realizado anualmente no mês de agosto.</t>
   </si>
   <si>
     <t>7323</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7323/projeto_de_lei_0103.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7323/projeto_de_lei_0103.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Clóvis Chaves dos Santos (Praça do H), para a realização, por parte da Associação Nova São Vicente, de Evento Gospel.</t>
   </si>
   <si>
     <t>7324</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7324/projeto_de_lei_0104.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7324/projeto_de_lei_0104.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de publicação de editais através de via informatizada no Município, na forma como especifica.</t>
   </si>
   <si>
     <t>7325</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7325/projeto_de_lei_0105.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7325/projeto_de_lei_0105.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa da Câmara a abrir Crédito Adicional de R$ 344.200,00 suplementar à dotação do orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>7326</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Rafael Barreto</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7326/projeto_de_lei_0106.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7326/projeto_de_lei_0106.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de área, a título precário, na rotatória localizada_x000D_
 na confluência das Ruas 12 e 34, no Parque Continental, por parte do Esporte Clube_x000D_
 Flamenguinho, no dia 31 de agosto de 2014, no período das 10 às 19 horas, para instalação_x000D_
 provisória de brinquedos para arrecadação de donativos para festa de comemoração do Dia da Criança.</t>
   </si>
   <si>
     <t>7327</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7327/projeto_de_lei_0107.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7327/projeto_de_lei_0107.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, à título precário, de área do bulevar situada ao lado da Igreja Matriz de São Vicente Mártir, nos dias 5, 6, 7, 12, 13, 14, 19, 20, 21, 2a, 27, e 28 de setembro de 2014, no período das, 16 às 23 horas, para realização de evento denominado Festa Italiana, em prol das obras assistenciais da mencionada Igreja.</t>
   </si>
   <si>
     <t>7328</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7328/projeto_de_lei_0108.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7328/projeto_de_lei_0108.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Brasília, no bairro_x000D_
 Parque das Bandeiras, pela Igreja Batista Pentecostal Missionária, no dia 20 de setembro de 2014, a partir das 17 horas, para a realização do Evento "Fruto Fiel".</t>
   </si>
   <si>
     <t>7329</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7329/projeto_de_lei_0109.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7329/projeto_de_lei_0109.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de área a título precário, na confluência das Ruas 14 e 36, com a Avenida Central, no Parque Continental, por parte do Alvorada Esporte Clube, no dia 14 de setembro de 2014, no período das 10 às 19 horas, para instalação provisória de brinquedos para arrecadação de donativos para festa de comemoração do Dia da Criança.</t>
   </si>
   <si>
     <t>7330</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7330/projeto_de_lei_0110.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7330/projeto_de_lei_0110.pdf</t>
   </si>
   <si>
     <t>7331</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7331/projeto_de_lei_0111.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7331/projeto_de_lei_0111.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Antônio Carlos Brasileiro de Almeida Jobim - Tom Jobim, pelo Conselho de Pastores de São Vicente, no dia 20 de setembro de 2014, para realização de evento denominado Concentração da Paz.</t>
   </si>
   <si>
     <t>7332</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7332/projeto_de_lei_0112.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7332/projeto_de_lei_0112.pdf</t>
   </si>
   <si>
     <t>7333</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7333/projeto_de_lei_0113.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7333/projeto_de_lei_0113.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n.° 1993-A/08, que proíbe a instalação de circos, parques de diversões e similares que mantenham em cárcere ou utilizem quaisquer espécies de animais nos espetáculos.</t>
   </si>
   <si>
     <t>7334</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7334/projeto_de_lei_0114.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7334/projeto_de_lei_0114.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação de cobrança de estadia por período inferior a uma hora nos_x000D_
 estacionamento bancários e demais estabelecimentos de crédito, e dá outras providências.</t>
   </si>
   <si>
     <t>7335</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7335/projeto_de_lei_0115.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7335/projeto_de_lei_0115.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões no local conhecido como Caminho do 63, localizado na continuação da Av. Sambaiatuba, após a caixa d'água da SABESP, à esquerda da Favela do Miau, entre os bairros Vila Jóquei Clube e Jardim Guaçu.</t>
   </si>
   <si>
     <t>7336</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7336/projeto_de_lei_0116.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7336/projeto_de_lei_0116.pdf</t>
   </si>
   <si>
     <t>Institui no Município, a Semana da Cultura Caiçara.</t>
   </si>
   <si>
     <t>7337</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7337/projeto_de_lei_0117.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7337/projeto_de_lei_0117.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário de Eventos Oficiais do Município, a Feira Festival Afro Cultural e dá outras providências.</t>
   </si>
   <si>
     <t>7338</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7338/projeto_de_lei_0118.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7338/projeto_de_lei_0118.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Aurélio Simão de_x000D_
 Araújo, no Parque das Bandeiras, para a realização pela Ordem Nacional, da Capelania Cristã, de evento de palestras focando a juventude saudável.</t>
   </si>
   <si>
     <t>7339</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7339/projeto_de_lei_0119.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7339/projeto_de_lei_0119.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênios, Contratos ou quaisquer outros tipos de ajustes necessários, com o Estado de São Paulo, Agência Reguladora de Saneamento e Energia do Estado de São Paulo - ARSESP e a Companhia de Saneamento Básico do Estado de São Paulo - SABESP, para as finalidades e nas condições que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>7340</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7340/projeto_de_lei_0120.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7340/projeto_de_lei_0120.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção a Associação dos Artistas.</t>
   </si>
   <si>
     <t>7341</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7341/projeto_de_lei_0121.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7341/projeto_de_lei_0121.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de trecho da Área de Eventos_x000D_
 da Praia do Itararé pela Jóquei Instituição Promocional - JIP, no período de 11 de outubro de 2014 a 10 de abril de 2015, para instalação de equipamentos de lazer com brinquedos infláveis.</t>
   </si>
   <si>
     <t>7351</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7351/projeto_de_lei_0122.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7351/projeto_de_lei_0122.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Clóvis Chaves dos Santos, no Conjunto Humaitá, para realização do evento "2ª Festa das Crianças", pela AAICA (Associação Amigos do Idoso, Criança e Adolescente da Área Continental).</t>
   </si>
   <si>
     <t>7352</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7352/projeto_de_lei_0123.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7352/projeto_de_lei_0123.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Dário Aredes Lacerda no bairro Parque das Bandeiras, pela Igreja Evangélica Templo da Fé para realização do Evento "Evangelização de Jovens".</t>
   </si>
   <si>
     <t>7353</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7353/projeto_de_lei_0124.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7353/projeto_de_lei_0124.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Fiscal do Município de São Vicente para o exercício de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>7354</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7354/projeto_de_lei_0125.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7354/projeto_de_lei_0125.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento de Investimentos da CODESAVI - Companhia de Desenvolvimento de São Vicente para o exercício de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>7355</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7355/projeto_de_lei_0126.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7355/projeto_de_lei_0126.pdf</t>
   </si>
   <si>
     <t>7356</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7356/projeto_de_lei_0127.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7356/projeto_de_lei_0127.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Professora Adilza de Oliveira Rosa Sobral, na Vila Margarida, pela Reitoria Nossa Senhora do Amparo, da Diocese de Santos, no dia 18 de outubro, para realização de Missa Campal.</t>
   </si>
   <si>
     <t>7357</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7357/projeto_de_lei_0128.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7357/projeto_de_lei_0128.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Dário Aredes Lacerda, no Parque das Bandeiras, no dia 15 de novembro de 2014, para a realização do 1° Campeonato de Skate OKTAL, Área Continental Radical, a cargo da Igreja Evangélica Porta das Ovelhas.</t>
   </si>
   <si>
     <t>7358</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7358/projeto_de_lei_0129.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7358/projeto_de_lei_0129.pdf</t>
   </si>
   <si>
     <t>Acrescente item ao art. 1° da Lei n° 1785, de 10.09.78, e suas alterações, que autoriza o Poder Executivo a celebrar Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>7359</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7359/projeto_de_lei_0130.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7359/projeto_de_lei_0130.pdf</t>
   </si>
   <si>
     <t>Altera as datas de realização da 4ª Festa de Artesanato e Tradições Brasileiras, previstas no item l, do art. 1° da Lei nº 3201-A de 30.05.14, que autoriza o Poder Executivo a permitir o uso, a título precário, da área de eventos da Praia do Itararé, por parte da APAE de São Vicente, em parceria com o Fundo Social de Solidariedade do Município.</t>
   </si>
   <si>
     <t>7360</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7360/projeto_de_lei_0131.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7360/projeto_de_lei_0131.pdf</t>
   </si>
   <si>
     <t>Autoriza a Caixa de Saúde e Pecúlio dos Servidores Municipais de São Vicente a abrir Crédito Adicional Suplementar no valor de RS 1.900.000,00 (um milhão e novecentos mil reais) para suplementar as dotações que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>7361</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7361/projeto_de_lei_0132.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7361/projeto_de_lei_0132.pdf</t>
   </si>
   <si>
     <t>7362</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7362/projeto_de_lei_0133.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7362/projeto_de_lei_0133.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização do código de cores para resíduos nas sacolas plásticas distribuídas em estabelecimentos comerciais para o transporte de mercadorias no município, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>7363</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7363/projeto_de_lei_0134.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7363/projeto_de_lei_0134.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município a Semana de Conscientização sobre a Síndrome Metabólica.</t>
   </si>
   <si>
     <t>7364</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7364/projeto_de_lei_0135.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7364/projeto_de_lei_0135.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Promessas do Futuro, Esporte, Cultura e Lazer (Associação A.P.F.).</t>
   </si>
   <si>
     <t>7365</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7365/projeto_de_lei_0136.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7365/projeto_de_lei_0136.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio de cidades-irmãs entre São Vicente, Estado de São Paulo, Brasil, e Zacatecas, Estado de Zacatecas, México.</t>
   </si>
   <si>
     <t>7366</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7366/projeto_de_lei_0137.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7366/projeto_de_lei_0137.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o EMADE - Encontro de Mulheres Apaixonadas por Deus.</t>
   </si>
   <si>
     <t>7367</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7367/projeto_de_lei_0138.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7367/projeto_de_lei_0138.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o Dia da Cultura da Paz, a ser comemorado,_x000D_
 anualmente, em 9 de dezembro.</t>
   </si>
   <si>
     <t>7368</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7368/projeto_de_lei_0139.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7368/projeto_de_lei_0139.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Amigos Pastores de São Vicente.</t>
   </si>
   <si>
     <t>7369</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7369/projeto_de_lei_0140.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7369/projeto_de_lei_0140.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação de Amigos Unidos da Cidade Náutica.</t>
   </si>
   <si>
     <t>7370</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7370/projeto_de_lei_0141.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7370/projeto_de_lei_0141.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Social, Cultural e Artística Amigos da Vila.</t>
   </si>
   <si>
     <t>7371</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7371/projeto_de_lei_0142.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7371/projeto_de_lei_0142.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalação de selo de garantia de inviolabilidade nas embalagens de alimentos para pronta entrega e dá outras providências.</t>
   </si>
   <si>
     <t>7372</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7372/projeto_de_lei_0143.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7372/projeto_de_lei_0143.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Barão do Rio Branco, pela empresa Shirley Braga da Silva ME, nos dias 19 e 20 de novembro de 2014, para a realização do evento denominado Divertics.</t>
   </si>
   <si>
     <t>7373</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7373/projeto_de_lei_0144.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7373/projeto_de_lei_0144.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 3° da Lei nº 1634-A, de 21.10.05 e alterações, que institui o Conselho de Defesa do Patrimônio Histórico, Artístico, Arquitetônico, Cultural e Turístico de São Vicente - CONDEPHASV.</t>
   </si>
   <si>
     <t>7374</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7374/projeto_de_lei_0145.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7374/projeto_de_lei_0145.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de condomínios residenciais e comerciais manterem à_x000D_
 disposição dos condôminos, cadeiras de rodas e dá outras providências.</t>
   </si>
   <si>
     <t>7375</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7375/projeto_de_lei_0146.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7375/projeto_de_lei_0146.pdf</t>
   </si>
   <si>
     <t>Instituí e inclui no Calendário Oficial do Município o Dia do Mutirão do Limpa Nome.</t>
   </si>
   <si>
     <t>7376</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7376/projeto_de_lei_0147.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7376/projeto_de_lei_0147.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial a Semana Municipal de Prevenção à Gravidez Precoce e Doenças Sexualmente Transmissíveis, a ser realizada, anualmente, na segunda semana do mês de maio.</t>
   </si>
   <si>
     <t>7377</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7377/projeto_de_lei_0148.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7377/projeto_de_lei_0148.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei n° 3265-A, de 31.10.14, que acrescenta item ao art. 1° da Lei n° 1785, de 1º.09.78, e suas alterações, que autoriza o Poder Executivo a celebrar Convênio com_x000D_
 entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>7378</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7378/projeto_de_lei_0149.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7378/projeto_de_lei_0149.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município de São Vicente a 'Virada Cultural Gospel' e dá outras providências.</t>
   </si>
   <si>
     <t>7379</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7379/projeto_de_lei_0150.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7379/projeto_de_lei_0150.pdf</t>
   </si>
   <si>
     <t>Institui o mês "Novembro Azul" e dá outras providências.</t>
   </si>
   <si>
     <t>7380</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7380/projeto_de_lei_0151.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7380/projeto_de_lei_0151.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça João Pessoa - Vila de São Vicente, pela Associação Social, Cultural e Artística Amigos da Vila, nos dias 12, 13 e 14 de_x000D_
 dezembro de 2014, para a realização do evento denominado Natal Animal.</t>
   </si>
   <si>
     <t>7381</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7381/projeto_de_lei_0152.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7381/projeto_de_lei_0152.pdf</t>
   </si>
   <si>
     <t>Denomina Yara Perez Sassi a Rua 04, Símbolo 1168, no bairro Jardim Irmã Dolores.</t>
   </si>
   <si>
     <t>7382</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7382/projeto_de_lei_0153.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7382/projeto_de_lei_0153.pdf</t>
   </si>
   <si>
     <t>7383</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7383/projeto_de_lei_0154.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7383/projeto_de_lei_0154.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar a contratação temporária de Auxiliares de Guarda-Vidas, nas condições que estabelece e dá outras providências.</t>
   </si>
   <si>
     <t>7384</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7384/projeto_de_lei_0155.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7384/projeto_de_lei_0155.pdf</t>
   </si>
   <si>
     <t>Altera a redação e acrescenta dispositivos da Lei n° 1600-A, de 24.08.05, e alterações, que dispõe sobre sanções administrativas a estabelecimento bancário infrator do direito do_x000D_
 consumidor e dá outras providências.</t>
   </si>
   <si>
     <t>7385</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7385/projeto_de_lei_0156.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7385/projeto_de_lei_0156.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de destinação de vagas para bicicletas nos estacionamentos privativos e públicos do Município.</t>
   </si>
   <si>
     <t>7386</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7386/projeto_de_lei_0157.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7386/projeto_de_lei_0157.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade dos Shoppings Centers e Supermercados, no âmbito do Município, instalarem o "banheiro família".</t>
   </si>
   <si>
     <t>7387</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7387/projeto_de_lei_0158.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7387/projeto_de_lei_0158.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a informação à gestante e parturiente sobre a Política Nacional de Atenção Obstétrica e Neonatal, visando sua proteção contra a violência obstétrica no Município de São Vicente.</t>
   </si>
   <si>
     <t>7388</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7388/projeto_de_lei_0159.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7388/projeto_de_lei_0159.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 4° da Lei n° 3267-A, de 19.11.14, que autoriza o Poder Executivo a celebrar Convênios, Contratos ou quaisquer outros tipos de ajustes necessários, com o Estado de São Paulo, Agência Reguladora de Saneamento e Energia do Estado de São Paulo - ARSESP e a Companhia de Saneamento Básico do Estado de São Paulo - SABESP, para as finalidades e nas condições que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>7389</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7389/projeto_de_lei_0160.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7389/projeto_de_lei_0160.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Integrado de Saneamento Básico de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>7390</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7390/projeto_de_lei_0161.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7390/projeto_de_lei_0161.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o descarte de bens móveis em desuso, irrecuperáveis, antieconômicos e_x000D_
 considerados obsoletos do Município e dá outras providências.</t>
   </si>
   <si>
     <t>7391</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7391/projeto_de_lei_0162.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7391/projeto_de_lei_0162.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorgar, mediante processo licitatório, permissão de uso de áreas no Horto Municipal, nos termos da Lei Federal nº 8666/93 e suas alterações.</t>
   </si>
   <si>
     <t>7392</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7392/projeto_de_lei_0163.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7392/projeto_de_lei_0163.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de salas do imóvel localizado no 3° andar da Rua José Bonifácio n° 404, Centro, para funcionamento da Unidade de São Vicente do IBGE.</t>
   </si>
   <si>
     <t>7393</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7393/projeto_de_lei_0164.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7393/projeto_de_lei_0164.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Baía de São Vicente late Clube, visando à manutenção das condições do mar costeiro, com a captação de resíduos flutuantes na área_x000D_
 compreendida entre a Praia do Mar Pequeno e da Ponte Pênsil e demais praias que circundam a Baía de São Vicente.</t>
   </si>
   <si>
     <t>7394</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7394/projeto_de_lei_0165.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7394/projeto_de_lei_0165.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação Nova São Vicente.</t>
   </si>
   <si>
     <t>7395</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7395/projeto_de_lei_0166.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7395/projeto_de_lei_0166.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da área de Eventos do Itararé pela Empresa The Partner, em parceria com o Fundo Social de Solidariedade do Município, no período de 02 de fevereiro a 31 de março de 2015, para a realização do evento "Estação Bem_x000D_
 Estar", obedecidas as normas sanitárias aplicáveis.</t>
   </si>
   <si>
     <t>7396</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7396/projeto_de_lei_0167.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7396/projeto_de_lei_0167.pdf</t>
   </si>
   <si>
     <t>Altera para R$ 498.000,00 (quatrocentos e noventa e oito mil reais), a partir do exercício de 2015, o valor da subvenção anual concedida ao Lar Vicentino - Assistência à Velhice, autorizada pelas Leis n°s 1659-A, de 09.12.05, 2055-A, de 17.12.08 e 2746-A, de 18.11.11.</t>
   </si>
   <si>
     <t>7397</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7397/projeto_de_lei_0168.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7397/projeto_de_lei_0168.pdf</t>
   </si>
   <si>
     <t>Denomina Pista Charlie Brown Jr. a pista de skate da Praça Matteo Bei.</t>
   </si>
   <si>
     <t>7398</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7398/projeto_de_lei_0169.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7398/projeto_de_lei_0169.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa da Câmara a abrir Crédito Adicional de R$ 85.000,00 suplementar à dotação do orçamento vigente e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2830,68 +2830,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15630/projeto_de_lei_complementar_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15631/projeto_de_lei_complementar_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15632/projeto_de_lei_complementar_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15633/projeto_de_lei_complementar_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15634/projeto_de_lei_complementar_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15635/projeto_de_lei_complementar_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15636/projeto_de_lei_complementar_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15639/projeto_de_lei_complementar_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15640/projeto_de_lei_complementar_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15642/projeto_de_lei_complementar_0013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15643/projeto_de_lei_complementar_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15644/projeto_de_lei_complementar_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15645/projeto_de_lei_complementar_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15646/projeto_de_lei_complementar_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15647/projeto_de_lei_complementar_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15648/projeto_de_lei_complementar_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15649/projeto_de_lei_complementar_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15650/projeto_de_lei_complementar_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15651/projeto_de_lei_complementar_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15652/projeto_de_lei_complementar_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15653/projeto_de_lei_complementar_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15654/projeto_de_lei_complementar_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15655/projeto_de_lei_complementar_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15656/projeto_de_lei_complementar_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15657/projeto_de_lei_complementar_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15658/projeto_de_lei_complementar_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15659/projeto_de_lei_complementar_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15660/projeto_de_lei_complementar_0031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15661/projeto_de_lei_complementar_0032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15662/projeto_de_lei_complementar_0033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15663/projeto_de_lei_complementar_0034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15664/projeto_de_lei_complementar_0035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15665/projeto_de_lei_complementar_0036.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15666/projeto_de_lei_complementar_0037.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15667/projeto_de_lei_complementar_0038.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15668/projeto_de_lei_complementar_0039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15669/projeto_de_lei_complementar_0040.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7223/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7224/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7225/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7226/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7227/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7228/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7229/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7230/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7231/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7232/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7233/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7234/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7235/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7236/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7237/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7238/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7239/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7240/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7241/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7242/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7243/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7244/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7245/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7246/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7247/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7248/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7249/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7250/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7251/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7252/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7253/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7254/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7255/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7256/projeto_de_lei_0036.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7257/projeto_de_lei_0037.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7258/projeto_de_lei_0038.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7259/projeto_de_lei_0039.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7260/projeto_de_lei_0040.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7261/projeto_de_lei_0041.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7262/projeto_de_lei_0042.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7263/projeto_de_lei_0043.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7264/projeto_de_lei_0044.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7265/projeto_de_lei_0045.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7266/projeto_de_lei_0046.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7267/projeto_de_lei_0047.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7268/projeto_de_lei_0048.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7269/projeto_de_lei_0049.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7270/projeto_de_lei_0050.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7271/projeto_de_lei_0051.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7272/projeto_de_lei_0052.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7273/projeto_de_lei_0053.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7274/projeto_de_lei_0054.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7275/projeto_de_lei_0055.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7276/projeto_de_lei_0056.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7277/projeto_de_lei_0057.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7278/projeto_de_lei_0058.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7279/projeto_de_lei_0059.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7280/projeto_de_lei_0060.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7281/projeto_de_lei_0061.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7282/projeto_de_lei_0062.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7283/projeto_de_lei_0063.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7284/projeto_de_lei_0064.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7285/projeto_de_lei_0065.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7286/projeto_de_lei_0066.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7287/projeto_de_lei_0067.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7288/projeto_de_lei_0068.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7289/projeto_de_lei_0069.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7290/projeto_de_lei_0070.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7291/projeto_de_lei_0071.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7292/projeto_de_lei_0072.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7293/projeto_de_lei_0073.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7294/projeto_de_lei_0074.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7295/projeto_de_lei_0075.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7296/projeto_de_lei_0076.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7297/projeto_de_lei_0077.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7298/projeto_de_lei_0078.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7299/projeto_de_lei_0079.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7300/projeto_de_lei_0080.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7301/projeto_de_lei_0081.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7302/projeto_de_lei_0082.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7303/projeto_de_lei_0083.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7304/projeto_de_lei_0084.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7305/projeto_de_lei_0085.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7306/projeto_de_lei_0086.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7307/projeto_de_lei_0087.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7308/projeto_de_lei_0088.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7309/projeto_de_lei_0089.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7310/projeto_de_lei_0090.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7311/projeto_de_lei_0091.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7312/projeto_de_lei_0092.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7313/projeto_de_lei_0093.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7314/projeto_de_lei_0094.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7315/projeto_de_lei_0095.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7316/projeto_de_lei_0096.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7317/projeto_de_lei_0097.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7318/projeto_de_lei_0098.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7319/projeto_de_lei_0099.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7320/projeto_de_lei_0100.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7321/projeto_de_lei_0101.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7322/projeto_de_lei_0102.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7323/projeto_de_lei_0103.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7324/projeto_de_lei_0104.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7325/projeto_de_lei_0105.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7326/projeto_de_lei_0106.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7327/projeto_de_lei_0107.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7328/projeto_de_lei_0108.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7329/projeto_de_lei_0109.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7330/projeto_de_lei_0110.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7331/projeto_de_lei_0111.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7332/projeto_de_lei_0112.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7333/projeto_de_lei_0113.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7334/projeto_de_lei_0114.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7335/projeto_de_lei_0115.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7336/projeto_de_lei_0116.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7337/projeto_de_lei_0117.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7338/projeto_de_lei_0118.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7339/projeto_de_lei_0119.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7340/projeto_de_lei_0120.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7341/projeto_de_lei_0121.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7351/projeto_de_lei_0122.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7352/projeto_de_lei_0123.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7353/projeto_de_lei_0124.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7354/projeto_de_lei_0125.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7355/projeto_de_lei_0126.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7356/projeto_de_lei_0127.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7357/projeto_de_lei_0128.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7358/projeto_de_lei_0129.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7359/projeto_de_lei_0130.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7360/projeto_de_lei_0131.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7361/projeto_de_lei_0132.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7362/projeto_de_lei_0133.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7363/projeto_de_lei_0134.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7364/projeto_de_lei_0135.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7365/projeto_de_lei_0136.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7366/projeto_de_lei_0137.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7367/projeto_de_lei_0138.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7368/projeto_de_lei_0139.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7369/projeto_de_lei_0140.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7370/projeto_de_lei_0141.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7371/projeto_de_lei_0142.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7372/projeto_de_lei_0143.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7373/projeto_de_lei_0144.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7374/projeto_de_lei_0145.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7375/projeto_de_lei_0146.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7376/projeto_de_lei_0147.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7377/projeto_de_lei_0148.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7378/projeto_de_lei_0149.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7379/projeto_de_lei_0150.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7380/projeto_de_lei_0151.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7381/projeto_de_lei_0152.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7382/projeto_de_lei_0153.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7383/projeto_de_lei_0154.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7384/projeto_de_lei_0155.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7385/projeto_de_lei_0156.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7386/projeto_de_lei_0157.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7387/projeto_de_lei_0158.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7388/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7389/projeto_de_lei_0160.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7390/projeto_de_lei_0161.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7391/projeto_de_lei_0162.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7392/projeto_de_lei_0163.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7393/projeto_de_lei_0164.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7394/projeto_de_lei_0165.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7395/projeto_de_lei_0166.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7396/projeto_de_lei_0167.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7397/projeto_de_lei_0168.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7398/projeto_de_lei_0169.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15630/projeto_de_lei_complementar_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15631/projeto_de_lei_complementar_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15632/projeto_de_lei_complementar_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15633/projeto_de_lei_complementar_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15634/projeto_de_lei_complementar_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15635/projeto_de_lei_complementar_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15636/projeto_de_lei_complementar_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15639/projeto_de_lei_complementar_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15640/projeto_de_lei_complementar_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15642/projeto_de_lei_complementar_0013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15643/projeto_de_lei_complementar_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15644/projeto_de_lei_complementar_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15645/projeto_de_lei_complementar_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15646/projeto_de_lei_complementar_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15647/projeto_de_lei_complementar_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15648/projeto_de_lei_complementar_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15649/projeto_de_lei_complementar_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15650/projeto_de_lei_complementar_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15651/projeto_de_lei_complementar_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15652/projeto_de_lei_complementar_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15653/projeto_de_lei_complementar_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15654/projeto_de_lei_complementar_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15655/projeto_de_lei_complementar_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15656/projeto_de_lei_complementar_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15657/projeto_de_lei_complementar_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15658/projeto_de_lei_complementar_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15659/projeto_de_lei_complementar_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15660/projeto_de_lei_complementar_0031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15661/projeto_de_lei_complementar_0032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15662/projeto_de_lei_complementar_0033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15663/projeto_de_lei_complementar_0034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15664/projeto_de_lei_complementar_0035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15665/projeto_de_lei_complementar_0036.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15666/projeto_de_lei_complementar_0037.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15667/projeto_de_lei_complementar_0038.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15668/projeto_de_lei_complementar_0039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/15669/projeto_de_lei_complementar_0040.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7223/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7224/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7225/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7226/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7227/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7228/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7229/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7230/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7231/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7232/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7233/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7234/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7235/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7236/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7237/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7238/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7239/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7240/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7241/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7242/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7243/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7244/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7245/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7246/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7247/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7248/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7249/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7250/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7251/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7252/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7253/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7254/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7255/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7256/projeto_de_lei_0036.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7257/projeto_de_lei_0037.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7258/projeto_de_lei_0038.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7259/projeto_de_lei_0039.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7260/projeto_de_lei_0040.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7261/projeto_de_lei_0041.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7262/projeto_de_lei_0042.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7263/projeto_de_lei_0043.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7264/projeto_de_lei_0044.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7265/projeto_de_lei_0045.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7266/projeto_de_lei_0046.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7267/projeto_de_lei_0047.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7268/projeto_de_lei_0048.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7269/projeto_de_lei_0049.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7270/projeto_de_lei_0050.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7271/projeto_de_lei_0051.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7272/projeto_de_lei_0052.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7273/projeto_de_lei_0053.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7274/projeto_de_lei_0054.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7275/projeto_de_lei_0055.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7276/projeto_de_lei_0056.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7277/projeto_de_lei_0057.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7278/projeto_de_lei_0058.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7279/projeto_de_lei_0059.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7280/projeto_de_lei_0060.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7281/projeto_de_lei_0061.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7282/projeto_de_lei_0062.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7283/projeto_de_lei_0063.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7284/projeto_de_lei_0064.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7285/projeto_de_lei_0065.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7286/projeto_de_lei_0066.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7287/projeto_de_lei_0067.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7288/projeto_de_lei_0068.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7289/projeto_de_lei_0069.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7290/projeto_de_lei_0070.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7291/projeto_de_lei_0071.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7292/projeto_de_lei_0072.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7293/projeto_de_lei_0073.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7294/projeto_de_lei_0074.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7295/projeto_de_lei_0075.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7296/projeto_de_lei_0076.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7297/projeto_de_lei_0077.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7298/projeto_de_lei_0078.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7299/projeto_de_lei_0079.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7300/projeto_de_lei_0080.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7301/projeto_de_lei_0081.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7302/projeto_de_lei_0082.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7303/projeto_de_lei_0083.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7304/projeto_de_lei_0084.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7305/projeto_de_lei_0085.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7306/projeto_de_lei_0086.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7307/projeto_de_lei_0087.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7308/projeto_de_lei_0088.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7309/projeto_de_lei_0089.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7310/projeto_de_lei_0090.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7311/projeto_de_lei_0091.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7312/projeto_de_lei_0092.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7313/projeto_de_lei_0093.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7314/projeto_de_lei_0094.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7315/projeto_de_lei_0095.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7316/projeto_de_lei_0096.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7317/projeto_de_lei_0097.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7318/projeto_de_lei_0098.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7319/projeto_de_lei_0099.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7320/projeto_de_lei_0100.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7321/projeto_de_lei_0101.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7322/projeto_de_lei_0102.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7323/projeto_de_lei_0103.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7324/projeto_de_lei_0104.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7325/projeto_de_lei_0105.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7326/projeto_de_lei_0106.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7327/projeto_de_lei_0107.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7328/projeto_de_lei_0108.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7329/projeto_de_lei_0109.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7330/projeto_de_lei_0110.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7331/projeto_de_lei_0111.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7332/projeto_de_lei_0112.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7333/projeto_de_lei_0113.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7334/projeto_de_lei_0114.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7335/projeto_de_lei_0115.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7336/projeto_de_lei_0116.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7337/projeto_de_lei_0117.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7338/projeto_de_lei_0118.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7339/projeto_de_lei_0119.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7340/projeto_de_lei_0120.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7341/projeto_de_lei_0121.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7351/projeto_de_lei_0122.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7352/projeto_de_lei_0123.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7353/projeto_de_lei_0124.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7354/projeto_de_lei_0125.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7355/projeto_de_lei_0126.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7356/projeto_de_lei_0127.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7357/projeto_de_lei_0128.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7358/projeto_de_lei_0129.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7359/projeto_de_lei_0130.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7360/projeto_de_lei_0131.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7361/projeto_de_lei_0132.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7362/projeto_de_lei_0133.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7363/projeto_de_lei_0134.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7364/projeto_de_lei_0135.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7365/projeto_de_lei_0136.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7366/projeto_de_lei_0137.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7367/projeto_de_lei_0138.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7368/projeto_de_lei_0139.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7369/projeto_de_lei_0140.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7370/projeto_de_lei_0141.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7371/projeto_de_lei_0142.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7372/projeto_de_lei_0143.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7373/projeto_de_lei_0144.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7374/projeto_de_lei_0145.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7375/projeto_de_lei_0146.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7376/projeto_de_lei_0147.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7377/projeto_de_lei_0148.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7378/projeto_de_lei_0149.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7379/projeto_de_lei_0150.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7380/projeto_de_lei_0151.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7381/projeto_de_lei_0152.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7382/projeto_de_lei_0153.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7383/projeto_de_lei_0154.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7384/projeto_de_lei_0155.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7385/projeto_de_lei_0156.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7386/projeto_de_lei_0157.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7387/projeto_de_lei_0158.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7388/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7389/projeto_de_lei_0160.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7390/projeto_de_lei_0161.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7391/projeto_de_lei_0162.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7392/projeto_de_lei_0163.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7393/projeto_de_lei_0164.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7394/projeto_de_lei_0165.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7395/projeto_de_lei_0166.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7396/projeto_de_lei_0167.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7397/projeto_de_lei_0168.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2014/7398/projeto_de_lei_0169.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H208"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>