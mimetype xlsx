--- v0 (2025-10-23)
+++ v1 (2026-03-18)
@@ -54,3417 +54,3417 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15772</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Tercio Garcia</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15772/projeto_de_lei_complementar_0001.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15772/projeto_de_lei_complementar_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a sediar, no Município, o 56° Congresso Estadual de Municípios; ceder gratuitamente as instalações do Complexo de Eventos e Convenções da Costa da Mata Atlântica e arcar com os custos financeiros que especifica.</t>
   </si>
   <si>
     <t>15773</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15773/projeto_de_lei_complementar_0002.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15773/projeto_de_lei_complementar_0002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de abono mensal aos servidores aposentados no cargo de Orientador Educacional.</t>
   </si>
   <si>
     <t>15774</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15774/projeto_de_lei_complementar_0003.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15774/projeto_de_lei_complementar_0003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reposição salarial de 7,30% aos servidores municipais em atividade da Prefeitura Municipal de São Vicente, da Caixa de Saúde e Pecúlio dos Servidores_x000D_
 Municipais, do Instituto de Previdência das Servidores Municipais, aos servidores inativos e pensionistas do instituto, e dá outras providências.</t>
   </si>
   <si>
     <t>15775</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15775/projeto_de_lei_complementar_0004.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15775/projeto_de_lei_complementar_0004.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação para cargos em comissão no âmbito dos órgãos do Poder Executivo e Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>15776</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15776/projeto_de_lei_complementar_0005.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15776/projeto_de_lei_complementar_0005.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo à Lei Complementar n° 623, de 9.6.10, que concede descontos sobre valores de multas e juros relativos a tributos, para pagamento parcelado, nas condições_x000D_
 que especifica.</t>
   </si>
   <si>
     <t>15777</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15777/projeto_de_lei_complementar_0006.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15777/projeto_de_lei_complementar_0006.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 3° da Lei Complementar n° 164, de 9.6.97, que disciplina a realização de feiras e exposições de comércio, indústria, prestação de serviços e similares no_x000D_
 Município.</t>
   </si>
   <si>
     <t>15778</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15778/projeto_de_lei_complementar_0007.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15778/projeto_de_lei_complementar_0007.pdf</t>
   </si>
   <si>
     <t>Revoga o § 2° do artigo 195 da Lei nº 1745, de 29.09.77 - Código Tributário do Município.</t>
   </si>
   <si>
     <t>15779</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15779/projeto_de_lei_complementar_0008.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15779/projeto_de_lei_complementar_0008.pdf</t>
   </si>
   <si>
     <t>Fixa atribuições dos cargos de Prefeito, Secretários, Diretores, Chefes de Departamento e Encarregados de Serviços e dá outras providências.</t>
   </si>
   <si>
     <t>15780</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15780/projeto_de_lei_complementar_0009.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15780/projeto_de_lei_complementar_0009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura administrativa da Prefeitura, e dá outras providências.</t>
   </si>
   <si>
     <t>15781</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15781/projeto_de_lei_complementar_0010.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15781/projeto_de_lei_complementar_0010.pdf</t>
   </si>
   <si>
     <t>Institui o novo Plano Diretor do Município de São Vicente.</t>
   </si>
   <si>
     <t>15782</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15782/projeto_de_lei_complementar_0011.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15782/projeto_de_lei_complementar_0011.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 685, de 21 de dezembro de 2011, que dispõe sobre a regularização e legalização de imóveis, e dá outras providências.</t>
   </si>
   <si>
     <t>15783</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15783/projeto_de_lei_complementar_0012.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15783/projeto_de_lei_complementar_0012.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei Complementar nº 268, de 28.12.99, que dispõe sobre o Quadro de_x000D_
 Pessoal da Prefeitura, cria cargos, institui o Plano de Cargos e Carreiras, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>15784</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15784/projeto_de_lei_complementar_0013.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15784/projeto_de_lei_complementar_0013.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1.° e revoga o art. 2° da Lei Complementar n.° 34/93, que assegura a redução de 25% do Imposto Predial aos proprietários titulares de domínio útil ou possuidores a qualquer título, de imóveis situados nos trechos das vias públicas onde são realizadas feiras-livres e nos trechos de pontas de feiras-livres.</t>
   </si>
   <si>
     <t>15785</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15785/projeto_de_lei_complementar_0014.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15785/projeto_de_lei_complementar_0014.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo II da Lei Complementar nº 386, de 13.11.02 e suas alterações.</t>
   </si>
   <si>
     <t>15786</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15786/projeto_de_lei_complementar_0015.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15786/projeto_de_lei_complementar_0015.pdf</t>
   </si>
   <si>
     <t>Cria cargos na estrutura administrativa da Prefeitura - Secretaria da Fazenda.</t>
   </si>
   <si>
     <t>15787</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15787/projeto_de_lei_complementar_0016.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15787/projeto_de_lei_complementar_0016.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder Gratificação por Desempenho de Atividades na "Central de Atendimento ao Munícipe - Projeto l" + Fácil" e dá outras providências.</t>
   </si>
   <si>
     <t>15788</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15788/projeto_de_lei_complementar_0017.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15788/projeto_de_lei_complementar_0017.pdf</t>
   </si>
   <si>
     <t>Estende o benefício da redução de 90% (noventa por cento) do valor de ITBI - Imposto sobre Transmissão "Inter Vivos" de Bens Imóveis e Direitos Reais, previsto no inciso I do art. 3° da Lei Complementar n° 558, de 17.12.08, alterado pela Lei Complementar n° 670, de 25.11.11, à área onde estão implantados os Conjuntos Residenciais de Interesse Social "Tancredo Neves I" e "Tancredo Neves II", construídos pela COHAB-ST Companhia de Habitação da Baixada_x000D_
 Santista e área remanescente para futuras instalações do Conjunto Residencial de Interesse Social "Tancredo Neves III".</t>
   </si>
   <si>
     <t>15789</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15789/projeto_de_lei_complementar_0018.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15789/projeto_de_lei_complementar_0018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar áreas de terras de sua propriedade ao Fundo de Arrendamento Residencial - FAR, administrado pela Caixa Econômica Federal objetivando a construção de moradias para famílias, no âmbito do programa Minha Casa Minha Vida.</t>
   </si>
   <si>
     <t>15790</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15790/projeto_de_lei_complementar_0019.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15790/projeto_de_lei_complementar_0019.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos à Lei n° 1745, de 29.09.77 - Código Tributário do Município e dá outras providências.</t>
   </si>
   <si>
     <t>15791</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15791/projeto_de_lei_complementar_0020.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15791/projeto_de_lei_complementar_0020.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafos ao art. 2° da Lei Complementar n° 440, de 26.05.04, que dispõe sobre a implantação de jornada de trabalho, com plantões semanais na área da saúde, dispõe sobre licenças médicas e dá outras providências.</t>
   </si>
   <si>
     <t>15792</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15792/projeto_de_lei_complementar_0021.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15792/projeto_de_lei_complementar_0021.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único do art. 317, da Lei n° 1745, de 29.09.77 - Código Tributário do Município.</t>
   </si>
   <si>
     <t>15793</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15793/projeto_de_lei_complementar_0022.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15793/projeto_de_lei_complementar_0022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar à APAE - Associação de Pais e Amigos dos Excepcionais de São Vicente, imóvel no loteamento Jardim Feliciano, no bairro Catiapoã.</t>
   </si>
   <si>
     <t>15794</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15794/projeto_de_lei_complementar_0023.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15794/projeto_de_lei_complementar_0023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de desconto para pagamentos, em cota única, de tributos de 2013, e dá outras providencias.</t>
   </si>
   <si>
     <t>15795</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15795/projeto_de_lei_complementar_0024.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15795/projeto_de_lei_complementar_0024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor devido a título de IPTU Imposto Predial e Territorial Urbano a ser pago no exercício de 2013.</t>
   </si>
   <si>
     <t>15796</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15796/projeto_de_lei_complementar_0025.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15796/projeto_de_lei_complementar_0025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a, no exercício de 2013, reduzir as alíquotas de IPTU dos imóveis construídos sem aprovação da Prefeitura, nas condições que especifica.</t>
   </si>
   <si>
     <t>15797</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15797/projeto_de_lei_complementar_0026.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15797/projeto_de_lei_complementar_0026.pdf</t>
   </si>
   <si>
     <t>Altera a data e o ano previstos no art. 1° da Lei Complementar n° 474, de 7.10.05, alterado pela Lei Complementar nº 598, de 27.11.09, que dispõe sobre o lançamento de IPTU das_x000D_
 novas unidades habitacionais e das consolidadas pertencentes à primeira fase do Projeto Municipal contemplado pelo Programa Habitar Brasil - BID; sobre a isenção de cobrança de valores a título de , regularização de construções; sobre a isenção de ISSQN e Taxas para o primeiro acréscimo de construção e dá outras providências.</t>
   </si>
   <si>
     <t>15798</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15798/projeto_de_lei_complementar_0027.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15798/projeto_de_lei_complementar_0027.pdf</t>
   </si>
   <si>
     <t>Acrescenta alínea ao inciso II do art. 151 da Lei n° 1745, de 29.09.77 - Código Tributário do Município.</t>
   </si>
   <si>
     <t>15799</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15799/projeto_de_lei_complementar_0028.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15799/projeto_de_lei_complementar_0028.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei n° 1745, de 29.09.77 - Código Tributário do Município.</t>
   </si>
   <si>
     <t>15800</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15800/projeto_de_lei_complementar_0029.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15800/projeto_de_lei_complementar_0029.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei Complementar n° 698, de 21.09.12, que autoriza o Poder Executivo Municipal a doar áreas de terras de sua propriedade ao Fundo de Arrendamento Residencial — FAR, administrado pela Caixa Económica Federal, objetivando a construção de moradias para famílias, no âmbito do Programa Minha Casa Minha Vida.</t>
   </si>
   <si>
     <t>15801</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15801/projeto_de_lei_complementar_0030.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15801/projeto_de_lei_complementar_0030.pdf</t>
   </si>
   <si>
     <t>Altera a redação e acrescenta dispositivos à Lei n° 2227/89 que institui o Imposto sobre Transmissão "Inter Vivos" de Bens Imóveis e Direitos Reais - ITBI.</t>
   </si>
   <si>
     <t>15802</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15802/projeto_de_lei_complementar_0031.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15802/projeto_de_lei_complementar_0031.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de desconto para pagamento da Taxa de Licença para o Exercício do Comércio de Feirantes e da Taxa de Licença para Localização e Funcionamento fixada aos permissionários de quiosques na Praia do Itararé e autorizatários de quiosques na Praia do_x000D_
 Gonzaguinha, da Taxa de Licença para o Exercício do Comércio de Ambulantes e de permissionários de bens municipais para o exercício de 2013, nas condições que especifica.</t>
   </si>
   <si>
     <t>15803</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15803/projeto_de_lei_complementar_0032.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15803/projeto_de_lei_complementar_0032.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 685, de 21.12.11, que dispõe sobre a regularização e legalização de imóveis construídos irregularmente e dá outras providências.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3565/projeto_de_lei_0001.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3565/projeto_de_lei_0001.pdf</t>
   </si>
   <si>
     <t>Disciplina a doação de sangue dos servidores municipais, e dá outras providências</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder_x000D_
 subvenção à Associação de Pais e_x000D_
 Amigos dos Excepcionais - APAE de_x000D_
 São Vicente, no exercício de 2012.</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
     <t>Gilberto Rampon</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3567/projeto_de_lei_0003.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3567/projeto_de_lei_0003.pdf</t>
   </si>
   <si>
     <t>Denomina Padre Paulo Hourneaux de Moura o Boulevard localizado na Rua Anna Pimentel</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>Ferrugem</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3568/projeto_de_lei_0004.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3568/projeto_de_lei_0004.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões com mais de dois eixos na Av. Marechal Humberto de Alencar Castello Branco, na Cidade_x000D_
 Náutica.</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
     <t>Tiça</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3569/projeto_de_lei_0005.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3569/projeto_de_lei_0005.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento_x000D_
 de ônibus e caminhões em_x000D_
 toda extensão da Rua_x000D_
 Roberto de Campos_x000D_
 v Bicudo, no Catiapoã e dá_x000D_
 outras providência</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>José  Soares</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3570/projeto_de_lei_0006.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3570/projeto_de_lei_0006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a_x000D_
 permitir o uso, a titulo precário,_x000D_
 da Praça Santa Terezinha, em_x000D_
 Samaritá, pela Associação_x000D_
 Centro das Tradições_x000D_
 Nordestinas da Baixada_x000D_
 Santista, no dia 25 de fevereiro_x000D_
 de 2012, para a realização do_x000D_
 evento carnavalesco.</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>Marcelo Correia</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3571/projeto_de_lei_0007.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3571/projeto_de_lei_0007.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o_x000D_
 uso da Praça dos Ambientalistas no_x000D_
 bairro Jardim Rio Branco no dia 24 de_x000D_
 março de 2012 no períoco das 19h30 a_x000D_
 zero hora. por parte da Associação de_x000D_
 Moradores do Humaitá para Melhoria e_x000D_
 Revitalização da Autoestima para a_x000D_
 realização de 'Show dos Bairros Gospel</t>
   </si>
   <si>
     <t>6389</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6389/projeto_de_lei_0008.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6389/projeto_de_lei_0008.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, da Praça do H, pela Associação de Moradores do Humaitá para Melhoria e Revitalização da Autoestima, no dia 17 de fevereiro de 2012, para a realização de caminhada do Grêmio Recreativo Bloco da Unção.</t>
   </si>
   <si>
     <t>6390</t>
   </si>
   <si>
     <t>Caio França</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6390/projeto_de_lei_0009.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6390/projeto_de_lei_0009.pdf</t>
   </si>
   <si>
     <t>Denomina Dr. Olavo Hourneaux de Moura o Complexo de Saúde do Humaitá, no Humaitá.</t>
   </si>
   <si>
     <t>6391</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6391/projeto_de_lei_0010.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6391/projeto_de_lei_0010.pdf</t>
   </si>
   <si>
     <t>Acrescenta inciso VII ao art. 9.° da Lei n.° 2401-A, de 16 de junho de 2010, que dispõe sobre os serviços de táxi e dá outras providências.</t>
   </si>
   <si>
     <t>6392</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6392/projeto_de_lei_0011.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6392/projeto_de_lei_0011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da feira-livre da Rua Maceió, no bairro Catiapoã, pela Associação de Apoio à Pessoa Portadora de Diabetes, no dia 26 de fevereiro 2012, para realização de ação de saúde.</t>
   </si>
   <si>
     <t>6493</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6493/pl-12-12.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6493/pl-12-12.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir  o uso, a título precário, de área da  feira-livre da Rua Dom Duarte da  Costa, na Vila Jóquei Clube, pela _x000D_
 Associação de Apoio à Pessoa  Portadora de Diabetes, no dia 7 de  março de 2012, para realização de  ação de saúde.</t>
   </si>
   <si>
     <t>6393</t>
   </si>
   <si>
     <t>Macedo</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6393/projeto_de_lei_0013.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6393/projeto_de_lei_0013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber em doação, por parte da empresa Imagens Bahia Ltda., uma escultura de Iemanjá, na forma que especifica, para ser instalada na Praia do Itararé.</t>
   </si>
   <si>
     <t>6394</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6394/projeto_de_lei_0014.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6394/projeto_de_lei_0014.pdf</t>
   </si>
   <si>
     <t>Denomina Maurício de Sousa a Gibiteca do Largo Tomé de Souza, no Gonzaguínha.</t>
   </si>
   <si>
     <t>6395</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6395/projeto_de_lei_0015.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6395/projeto_de_lei_0015.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões e carretas na Rua Alferes Germano da Costa, na Cidade Náutica.</t>
   </si>
   <si>
     <t>6396</t>
   </si>
   <si>
     <t>Paulinho Alfaiate</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6396/projeto_de_lei_0016.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6396/projeto_de_lei_0016.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões em toda a extensão da Rua Pêro Vaz de Caminha, na Vila Valença.</t>
   </si>
   <si>
     <t>6397</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6397/projeto_de_lei_0017.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6397/projeto_de_lei_0017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça H, no Humaitá, pela Associação de Moradores do Humaitá para Melhoria e Revitalização da Autoestima, no dia 6 de abril de 2012 a partir das 12horas, para realização de evento Gospel.</t>
   </si>
   <si>
     <t>6398</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6398/projeto_de_lei_0018.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6398/projeto_de_lei_0018.pdf</t>
   </si>
   <si>
     <t>Acrescenta inciso XX ao art. 3° da Lei nº 1634- A/05 e alterações, que institui o Conselho de Defesa do Patrimônio Histórico, Artístico, Arquitetônico, Cultural e Turístico de São Vicente -_x000D_
 CONDEPHASV.</t>
   </si>
   <si>
     <t>6399</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6399/projeto_de_lei_0019.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6399/projeto_de_lei_0019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a comercializar imagens de arquivo da TV Primeira, gravações de áudio da Rádio Primeira FM, emissoras vinculadas à Secretaria de Imprensa e Comunicação Social, fotos produzidas por essa Secretaria e dá outras providências.</t>
   </si>
   <si>
     <t>6400</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6400/projeto_de_lei_0020.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6400/projeto_de_lei_0020.pdf</t>
   </si>
   <si>
     <t>Altera n redução da Lei nº 1959-A, de 28.12.07, que dispõe sobre a habilitação referente ao conhecimento das normas técnicas para manipulação de alimentos e dá outras providências.</t>
   </si>
   <si>
     <t>6401</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6401/projeto_de_lei_0021.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6401/projeto_de_lei_0021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Grêmio Social Desportivo e Recreativo "Elo da Vida", visando à cessão de professor de Educação Física do quadro de servidores da Prefeitura.</t>
   </si>
   <si>
     <t>6402</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6402/projeto_de_lei_0022.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6402/projeto_de_lei_0022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Especial visando atender a despesa relacionada ao Convênio celebrado com o Ministério da Integração Nacional, tendo como objeto a "Modernização de Comportas e Implantação de sistema de bombeamento dos Canais da Área Insular do Município".</t>
   </si>
   <si>
     <t>6403</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6403/projeto_de_lei_0023.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6403/projeto_de_lei_0023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com a Associação Escolinha da Pastoral, visando à cessão de professor de Educação Física, do quadro de servidores da Prefeitura.</t>
   </si>
   <si>
     <t>6404</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6404/projeto_de_lei_0024.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6404/projeto_de_lei_0024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da destinação de vagas para pessoas com deficiência mental leve ou moderada nas entidades que recebem recursos públicos para capacitação de jovens para o mercado de trabalho.</t>
   </si>
   <si>
     <t>6405</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6405/projeto_de_lei_0025.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6405/projeto_de_lei_0025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da desinstalação, pelas agências bancárias, das portas giratórias com dispositivos detectores de metais.</t>
   </si>
   <si>
     <t>6407</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6407/projeto_de_lei_0026.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6407/projeto_de_lei_0026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, de área da feira livre da Rua Alexandria, no bairro Vila Margarida, pela Associação de Apoio à Pessoa Portadora de Diabetes, no dia 14 de abril de 2012, para realização de ação de saúde.</t>
   </si>
   <si>
     <t>6408</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6408/projeto_de_lei_0027.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6408/projeto_de_lei_0027.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da feira livre da Av. Capitão-Mor Aguiar, no Parque Bitaru, pela Associação de Apoio à Pessoa Portadora de_x000D_
 Diabetes, no dia 20 de maio de 2012 para realização de ação de saúde.</t>
   </si>
   <si>
     <t>6409</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6409/projeto_de_lei_0028.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6409/projeto_de_lei_0028.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da feira livre da Rua Tupy no bairro Parque São Vicente pela Associação de Apoio à Pessoa Portadora de Diabetes, no dia 28 de junho de 2012 para realização de ação de saúde.</t>
   </si>
   <si>
     <t>6410</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6410/projeto_de_lei_0029.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6410/projeto_de_lei_0029.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, pela APAE - Associação de Pais e Amigos dos Excepcionais de São Vicente, da área de eventos do Itararé, visando à realização da 7ª Festa da Banana e do Chocolate.</t>
   </si>
   <si>
     <t>6411</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6411/projeto_de_lei_0030.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6411/projeto_de_lei_0030.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, pela APAE - Associação de Pais e_x000D_
 Amigos dos Excepcionais de São Vicente, da área de eventos do Itararé, visando à realização da 2ª Festa do Artesanato e Tradições Brasileiras.</t>
   </si>
   <si>
     <t>6412</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6412/projeto_de_lei_0031.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6412/projeto_de_lei_0031.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, pela APAE - Associação de Pais e Amigos dos Excepcionais de São Vicente, da área de eventos do Itararé, visando à realização da - 16ª Festa do Morango.</t>
   </si>
   <si>
     <t>6413</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6413/projeto_de_lei_0032.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6413/projeto_de_lei_0032.pdf</t>
   </si>
   <si>
     <t>Estabelece a obrigatoriedade de obtenção da Certificação de Inspeção Predial nas edificações_x000D_
 públicas e privadas do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>6414</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6414/projeto_de_lei_0033.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6414/projeto_de_lei_0033.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Dr. Oswaldo Marques no bairro Humaitá pelo Parque de Diversões Dayane, no período de 1.° de março a 8 de abril de 2012.</t>
   </si>
   <si>
     <t>6415</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Pedro Gouvêa</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6415/projeto_de_lei_0034.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6415/projeto_de_lei_0034.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Organização da Cidadania Brasileira - OCB.</t>
   </si>
   <si>
     <t>6416</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6416/projeto_de_lei_0035.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6416/projeto_de_lei_0035.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área localizada na Rua Senador Nilo de Souza Coelho n.° 31, pela Associação Atlética Esportiva e Cultural Parque das Bandeiras.</t>
   </si>
   <si>
     <t>6417</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6417/projeto_de_lei_0036.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6417/projeto_de_lei_0036.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Fausto Guimarães_x000D_
 Sampaio, no Parque São Vicente, pela Associação de Integração Social Trabalhista, no dia 11 de março de 2012 a partir das 12 horas para realização de Evento do Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>6418</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6418/projeto_de_lei_0037.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6418/projeto_de_lei_0037.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, de área da feira livre da Rua Dom Duarte da Costa, no bairro Vila Jóquei Clube, pela Associação de Apoio à Pessoa Portadora de Diabetes, no dia 25 de julho de 2012, para realização de ação de saúde.</t>
   </si>
   <si>
     <t>6419</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6419/projeto_de_lei_0038.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6419/projeto_de_lei_0038.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da feira livre da Rua Walt Disney, no bairro Cidade Náutica, pela Associação de Apoio à Pessoa Portadora de Diabetes, no dia 14 de agosto de 2012, para realização de ação de saúde.</t>
   </si>
   <si>
     <t>6492</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6492/pl_39-12.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6492/pl_39-12.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, de área da feira livre da Rua Maceió, no bairro Catiapoã, pela Associação de Apoio à Pessoa Portadora de Diabetes, no dia 2 de setembro 2012, para realização de ação de saúde.</t>
   </si>
   <si>
     <t>6420</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6420/projeto_de_lei_0040.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6420/projeto_de_lei_0040.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, de área da feira livre da Rua_x000D_
 Tupy, no Parque São Vicente. pela Associação de Apoio à Pessoa Portadora de Diabetes, no dia 27 de setembro de 2012, para realização de ação de saúde.</t>
   </si>
   <si>
     <t>6421</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Dr.José Eduardo</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6421/projeto_de_lei_0041.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6421/projeto_de_lei_0041.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do uso de caixas de papelão usadas para embalar compras no varejo e supermercados no município.</t>
   </si>
   <si>
     <t>6422</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6422/projeto_de_lei_0042.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6422/projeto_de_lei_0042.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafos 1.° e 2.°aoart. 1.°da Lei n.° 2742-A/11, que proíbe o estacionamento de ônibus e caminhões acima de 2 eixos em toda a extensão da Rua Coronel Alípio Ferraz, na_x000D_
 Cidade Náutica.</t>
   </si>
   <si>
     <t>6423</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6423/projeto_de_lei_0043.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6423/projeto_de_lei_0043.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município o Dia do Jardim Guaçu.</t>
   </si>
   <si>
     <t>6424</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6424/projeto_de_lei_0044.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6424/projeto_de_lei_0044.pdf</t>
   </si>
   <si>
     <t>Proíbe a captura do "Callichirus sp"- vulgo corrupto - em toda a faixa de areia das praias e ilhas do Município, e adota providências correlatas.</t>
   </si>
   <si>
     <t>6425</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6425/projeto_de_lei_0045.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6425/projeto_de_lei_0045.pdf</t>
   </si>
   <si>
     <t>Autoriza o Superintendente do Serviço de Saúde de São Vicente —SESASV, a abrir na_x000D_
 Contabilidade dessa Autarquia Municipal, um Crédito Adicional Suplementar, visando atender a despesa relacionada ao Convênio com o Ministério da Saúde - Fundo Nacional de Saúde, para reforma de 13 (treze) Unidades Básicas de Saúde.</t>
   </si>
   <si>
     <t>6426</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6426/projeto_de_lei_0046.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6426/projeto_de_lei_0046.pdf</t>
   </si>
   <si>
     <t>Autoriza o remanejamento, a transposição e a transferência de dotações orçamentarias constantes da Lei Orçamentaria Anual de 2012, e dá outras providências.</t>
   </si>
   <si>
     <t>6427</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6427/projeto_de_lei_0047.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6427/projeto_de_lei_0047.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n° 1660-A, de 17.12.05 e suas alterações, que dispõe sobre o transporte coletivo de passageiros na modalidade lotação, e dá outras providências.</t>
   </si>
   <si>
     <t>6428</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Diogo Batista</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6428/projeto_de_lei_0048.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6428/projeto_de_lei_0048.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir uso, a título precário da Praça Antônio Carlos Brasileiro de Almeida Jobim na Praia do Gonzaguinha. pela Igreja Capela do Calvário de São Vicente.</t>
   </si>
   <si>
     <t>6429</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6429/projeto_de_lei_0049.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6429/projeto_de_lei_0049.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso a título precário, de espaço na feira livre na Rua_x000D_
 Maceió, no Catiapoã pela Associação Evoluir Mais Cedo para em parceria com a Escola de Enfermagem de São Vicente realizar aferimento de pressão arterial da população.</t>
   </si>
   <si>
     <t>6430</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6430/projeto_de_lei_0050.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6430/projeto_de_lei_0050.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha Municipal de Conscientização e Combate a Automedicação.</t>
   </si>
   <si>
     <t>6431</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6431/projeto_de_lei_0051.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6431/projeto_de_lei_0051.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de área na Praça Maria Lydia Henrique Ramos, por parte da Igreja Batista Peniel de Samaritá, para a realização de evento Louvor e Adoração,_x000D_
 no dia 31 de março de 2012, no período das 18 às23h30 horas.</t>
   </si>
   <si>
     <t>6432</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Roberto Rocha</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6432/projeto_de_lei_0052.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6432/projeto_de_lei_0052.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fiscalização municipal do tráfego de embarcações, incluindo motos náuticas e outras motorizadas, nas áreas adjacentes às praias marítimas e fluviais do Município.</t>
   </si>
   <si>
     <t>6433</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6433/projeto_de_lei_0053.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6433/projeto_de_lei_0053.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 1º da Lei nº 2710-A de 07 de outubro de 2011, que proíbe o estacionamento de caminhões na Rua Prof. Celestino Borroul na Vila Cascatinha.</t>
   </si>
   <si>
     <t>6434</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6434/projeto_de_lei_0054.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6434/projeto_de_lei_0054.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário da Praça Cora Coralina, no mês de junho do 2012 pela Associação Evoluir Mais Cedo para realização do Arraial do Catiapoã.</t>
   </si>
   <si>
     <t>6435</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6435/projeto_de_lei_0055.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6435/projeto_de_lei_0055.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Maria Lydia Henrique_x000D_
 Ramos em Samaritá no mês de junho de 2012, pela Associação Evoluir Mais Cedo para realização do Arraial do Samaritá.</t>
   </si>
   <si>
     <t>6436</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6436/projeto_de_lei_0056.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6436/projeto_de_lei_0056.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, da Praça Cora Coralina nos finais de semana do ano de 2012, pela Associação Evoluir Mais Cedo, para realização de atividades cinematográficas e circenses.</t>
   </si>
   <si>
     <t>6437</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6437/projeto_de_lei_0057.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6437/projeto_de_lei_0057.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões com mais de dois eixos em toda a extensão da Rua Berta Craveiro Lopes, no Jardim Independência.</t>
   </si>
   <si>
     <t>6438</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6438/projeto_de_lei_0058.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6438/projeto_de_lei_0058.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Fausto Guimarães Sampaio no Parque São Vicente, pela Associação de Integração Social e Trabalhista de São_x000D_
 Vicente para a realização de evento alusivo ao Dia das Mães no dia 13 de maio de 2012.</t>
   </si>
   <si>
     <t>6439</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6439/projeto_de_lei_0059.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6439/projeto_de_lei_0059.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de tratamento e assepsia da areia contida nos tanques destinados ao lazer e recreação infantil existentes em áreas publicas e privadas.</t>
   </si>
   <si>
     <t>6440</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Marco Bitencourt</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6440/projeto_de_lei_0060.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6440/projeto_de_lei_0060.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões e ônibus na Avenida Sambaiatuba na Vila Jóquei Clube, após a entrada do Parque Ambiental Sambaiatuba seguindo até o confronto com a Avenida Eriço Veríssimo.</t>
   </si>
   <si>
     <t>6441</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6441/projeto_de_lei_0061.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6441/projeto_de_lei_0061.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Comunitária 1.° de Maio, com sede neste Município.</t>
   </si>
   <si>
     <t>6442</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6442/projeto_de_lei_0062.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6442/projeto_de_lei_0062.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção no valor de RS 120.000,00 (cento e vinte mil reais) ao Hospital São José - Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>6443</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6443/projeto_de_lei_0063.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6443/projeto_de_lei_0063.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões na Rua Major Eugênio Terral, na Vila Cascatinha.</t>
   </si>
   <si>
     <t>6444</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6444/projeto_de_lei_0064.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6444/projeto_de_lei_0064.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação Beneficente Ágape - ABA, no exercício de 2012.</t>
   </si>
   <si>
     <t>6445</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6445/projeto_de_lei_0065.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6445/projeto_de_lei_0065.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Sociedade de Amigos Restaurando Vidas.</t>
   </si>
   <si>
     <t>6446</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6446/projeto_de_lei_0066.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6446/projeto_de_lei_0066.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de carretas e caminhões na Rua Rio Reno, na Vila Margarida.</t>
   </si>
   <si>
     <t>6447</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6447/projeto_de_lei_0067.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6447/projeto_de_lei_0067.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação de Cultura, Lazer, Esporte Social e Trabalho_x000D_
 Metropolitana da Baixada Santista - ACLESTRAME B.S., com sede e foro no Município.</t>
   </si>
   <si>
     <t>6448</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6448/projeto_de_lei_0068.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6448/projeto_de_lei_0068.pdf</t>
   </si>
   <si>
     <t>Fica proibido o estacionamento de caminhões na Rua Aracaju do n.º 82 ao n.° 291.</t>
   </si>
   <si>
     <t>6449</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6449/projeto_de_lei_0069.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6449/projeto_de_lei_0069.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da realização de manutenção periódica nas portas giratórias com dispositivos detectores de metais pelas agências bancárias, e dá outras providências.</t>
   </si>
   <si>
     <t>6450</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6450/projeto_de_lei_0070.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6450/projeto_de_lei_0070.pdf</t>
   </si>
   <si>
     <t>Denomina Paulo Augusto de Aguiar a Praça localizada entre a Avenida Vereadora Angelina Pretti da Silva e as Ruas Jequié e Belo Horizonte, na Vila Ponte Nova.</t>
   </si>
   <si>
     <t>6451</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6451/projeto_de_lei_0071.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6451/projeto_de_lei_0071.pdf</t>
   </si>
   <si>
     <t>Proíbe estacionar, parar e trafegar ônibus e caminhões, em toda a extensão da Rua Padre Bento Dias Pacheco, na Vila Jóquei Clube.</t>
   </si>
   <si>
     <t>6452</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6452/projeto_de_lei_0072.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6452/projeto_de_lei_0072.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, da Praça Brasília, pela Associação de Moradores do Humaitá para Melhoria e Revitalização da Autoestima, no dia 29 de abril de 2012, para a realização do evento de Encerramento da 3ª Campanha Doe Ação Doe Sangue, Participe desse Movimento.</t>
   </si>
   <si>
     <t>6453</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6453/projeto_de_lei_0073.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6453/projeto_de_lei_0073.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, do espaço localizado entre a Av._x000D_
 Deputado Ulisses Guimarães e a Rua 7, ao lado da Subprefeitura, pelo Parque de Diversões_x000D_
 Dayane, no período de 13 de abril a 27 de maio de 2012, para a instalação de parque de diversões.</t>
   </si>
   <si>
     <t>6454</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6454/projeto_de_lei_0074.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6454/projeto_de_lei_0074.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões acima de dois eixos em toda a extensão da Rua Tupy, no Parque São Vicente.</t>
   </si>
   <si>
     <t>6455</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6455/projeto_de_lei_0075.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6455/projeto_de_lei_0075.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões acima de dois eixos em toda a extensão da Rua Argentina, no Parque São Vicente.</t>
   </si>
   <si>
     <t>6456</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6456/projeto_de_lei_0076.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6456/projeto_de_lei_0076.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Eventos do Município o Dia do Hoteleiro e da Gastronomia.</t>
   </si>
   <si>
     <t>6457</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6457/projeto_de_lei_0077.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6457/projeto_de_lei_0077.pdf</t>
   </si>
   <si>
     <t>Denomina Fernanda Alves de Oliveira a Praça localizada na confluência da Avenida Sargento_x000D_
 Artur dos Santos com a Rua Antônio Ribeiro Franco, no Parque das Bandeiras.</t>
   </si>
   <si>
     <t>6458</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6458/projeto_de_lei_0078.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6458/projeto_de_lei_0078.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória no Município a adoção de política pública de "Eficiência nas Despesas de Custeio".</t>
   </si>
   <si>
     <t>6459</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6459/projeto_de_lei_0079.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6459/projeto_de_lei_0079.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões na Rua Alberico Robillard de Marigny, na Vila Mello.</t>
   </si>
   <si>
     <t>6460</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Léo Santos</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6460/projeto_de_lei_0080.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6460/projeto_de_lei_0080.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário da Praça Brasília, pela Igreja Nossa Senhora Auxiliadora, no período de 28 de abril a 6 de junho, de sexta a domingo, para realização de evento católico.</t>
   </si>
   <si>
     <t>6461</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6461/projeto_de_lei_0081.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6461/projeto_de_lei_0081.pdf</t>
   </si>
   <si>
     <t>Autoriza o i Poder Executivo a permitir o uso, a título precário, da Praça do H, no Humaitá, pela Associação Nova São Vicente, no dia 1 ° de maio, para a realização de evento em comemoração ao Dia do Trabalho.</t>
   </si>
   <si>
     <t>6462</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6462/projeto_de_lei_0082.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6462/projeto_de_lei_0082.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação de Ação Cultural e Social Viva Gleba Viva - AACS.</t>
   </si>
   <si>
     <t>6463</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6463/projeto_de_lei_0083.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6463/projeto_de_lei_0083.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso da área de eventos da Praia do Itararé, no período de 14 de dezembro de 2012 a 3 de fevereiro de 2013, por parte da Casa Anderson, para a_x000D_
 realização de Festival de Verão.</t>
   </si>
   <si>
     <t>6464</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6464/projeto_de_lei_0084.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6464/projeto_de_lei_0084.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o Centro Estudantil de São Vicente - CESV.</t>
   </si>
   <si>
     <t>6465</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6465/projeto_de_lei_0085.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6465/projeto_de_lei_0085.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentarias para o Exercício Fiscal do Ano de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>6466</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6466/projeto_de_lei_0086.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6466/projeto_de_lei_0086.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção ao Círculo de Amigos do Menor_x000D_
 Patrulheiro do Jardim Rio Branco - CAMP - RB, no exercício de 2012</t>
   </si>
   <si>
     <t>6467</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6467/projeto_de_lei_0087.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6467/projeto_de_lei_0087.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção ao Hospital São José - Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>6468</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6468/projeto_de_lei_0088.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6468/projeto_de_lei_0088.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação dos Moradores do Humaitá para a Melhoria e Revitalização da Auto Estima - AMHMRAE, no exercício de 2012.</t>
   </si>
   <si>
     <t>6469</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6469/projeto_de_lei_0089.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6469/projeto_de_lei_0089.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Barão do Rio Branco,_x000D_
 no dia 19 de maio de 2012, pela Associação Evoluir Mais Cedo, em parceria com a ADOSAN para realização de campanha de incentivo à doação de sangue.</t>
   </si>
   <si>
     <t>6470</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Alfredo Moura</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6470/projeto_de_lei_0090.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6470/projeto_de_lei_0090.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões na Avenida Dr. Eduardo Dias Coelho, no trecho compreendido entre as Ruas Paulo Hourneaux de Moura e Alberto Sá de Souza Varella, na Cidade Náutica.</t>
   </si>
   <si>
     <t>6471</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6471/projeto_de_lei_0091.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6471/projeto_de_lei_0091.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões na Rua Vereador Oswaldo Toshi, no trecho compreendido entre a Rua Machado de Assis e a Rua Adelaide Giebler Macedo, na Vila Jóquei Clube.</t>
   </si>
   <si>
     <t>6472</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6472/projeto_de_lei_0092.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6472/projeto_de_lei_0092.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de motocicletas nas vagas demarcadas para estacionamento de automóveis.</t>
   </si>
   <si>
     <t>6473</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6473/projeto_de_lei_0093.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6473/projeto_de_lei_0093.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, da Praça 22 de Janeiro, pela_x000D_
 Associação em Prol do Desenvolvimento da Cultura - PRODEC, no período de 21 a 27 de maio_x000D_
 de 2012, para a exposição de grupo de dança e arte cigana.</t>
   </si>
   <si>
     <t>6474</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6474/projeto_de_lei_0094.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6474/projeto_de_lei_0094.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa da Câmara a abrir Crédito Adicional no valor de R$ 2.355.506,42 para suplementar créditos orçamentários do Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>6475</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6475/projeto_de_lei_0095.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6475/projeto_de_lei_0095.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Sociedade de Melhoramento de Bairro Vila Jóquei Clube, no exercício de 2012.</t>
   </si>
   <si>
     <t>6476</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6476/projeto_de_lei_0096.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6476/projeto_de_lei_0096.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação em Prol do Desenvolvimento Cultural e Social - PRODEC, no exercício de 2012.</t>
   </si>
   <si>
     <t>6477</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6477/projeto_de_lei_0097.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6477/projeto_de_lei_0097.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção ao Grupo Fraterno de São Vicente, no exercício de 2012.</t>
   </si>
   <si>
     <t>6478</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6478/projeto_de_lei_0098.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6478/projeto_de_lei_0098.pdf</t>
   </si>
   <si>
     <t>Proíbe o tráfego e o estacionamento de caminhões na Rua Francisco Marques Sopa, no trecho que especifica.</t>
   </si>
   <si>
     <t>6479</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6479/projeto_de_lei_0099.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6479/projeto_de_lei_0099.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões na Rua Vicente Gil, no Catiapoã.</t>
   </si>
   <si>
     <t>6480</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6480/projeto_de_lei_0100.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6480/projeto_de_lei_0100.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Walter do Amaral, pela_x000D_
 Associação Evoluir Mais Cedo, para execução do Projeto Geração Saúde Mais Cedo.</t>
   </si>
   <si>
     <t>6481</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6481/projeto_de_lei_0101.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6481/projeto_de_lei_0101.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação dos Amigos dos Bairros Jardim Rio Branco, Rio Negro, Quarentenário e Vila Ponte Nova.</t>
   </si>
   <si>
     <t>6482</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6482/projeto_de_lei_0102.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6482/projeto_de_lei_0102.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o evento evangélico Adoração e Discipulado,_x000D_
 a ser realizado, anualmente, na última semana do mês de julho.</t>
   </si>
   <si>
     <t>6483</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6483/projeto_de_lei_0103.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6483/projeto_de_lei_0103.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a comercialização de lanches e bebidas de alto teor calórico nas cantinas das escolas públicas e privadas no Município e dá outras providências.</t>
   </si>
   <si>
     <t>6484</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6484/projeto_de_lei_0104.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6484/projeto_de_lei_0104.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Prevenção de Deficiências Visuais na População Infantil e dá outras providências.</t>
   </si>
   <si>
     <t>6485</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6485/projeto_de_lei_0105.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6485/projeto_de_lei_0105.pdf</t>
   </si>
   <si>
     <t>Revoga o artigo 3º da Lei n° 1950-A, de 26 de dezembro de 2007, que institui no Município o Banco de Alimentos e dá outras providências, alterada pela Lei nº 2667-A, de 1° de julho de 2011.</t>
   </si>
   <si>
     <t>6486</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6486/projeto_de_lei_0106.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6486/projeto_de_lei_0106.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção ao Centro Estudantil de São Vicente, no exercício de 2012.</t>
   </si>
   <si>
     <t>6487</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6487/projeto_de_lei_0107.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6487/projeto_de_lei_0107.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Agente Ambiental Mirim, com o objetivo de promover a educação ambiental nos termos do disposto no Art. 225 do Capítulo VI da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>6488</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Fernando Bispo</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6488/projeto_de_lei_0108.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6488/projeto_de_lei_0108.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Rivadávia da Silva Oliveira, pela Sociedade de Melhoramentos do Jóquei Clube, para a realização de festejo junino.</t>
   </si>
   <si>
     <t>6489</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6489/projeto_de_lei_0109.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6489/projeto_de_lei_0109.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões em toda a extensão da Rua Caetano_x000D_
 Cardamone, no Japuí.</t>
   </si>
   <si>
     <t>6490</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6490/projeto_de_lei_0110.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6490/projeto_de_lei_0110.pdf</t>
   </si>
   <si>
     <t>Cria e inclui no Calendário Oficial do Município o Dia do Transportador Escolar, a ser comemorado anualmente no dia 25 de julho.</t>
   </si>
   <si>
     <t>6503</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6503/projeto_de_lei_0111.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6503/projeto_de_lei_0111.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de equipamentos existentes na Praça Cora Coralina para realização de atividades físicas, pela Associação Evoluir Mais Cedo.</t>
   </si>
   <si>
     <t>6504</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6504/projeto_de_lei_0112.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6504/projeto_de_lei_0112.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo e as Autarquias Municipais a firmarem Acordos de Cooperação com instituições financeiras e bancárias, tendo por objeto o estabelecimento de condições especiais e procedimentos a serem observados na operacionalização da concessão de crédito_x000D_
 para financiamento imobiliário em favor de servidores e funcionários públicos municipais ativos, inativos e pensionistas.</t>
   </si>
   <si>
     <t>6505</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6505/projeto_de_lei_0113.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6505/projeto_de_lei_0113.pdf</t>
   </si>
   <si>
     <t>Proíbe o tráfego de caminhões na Avenida Motta Lima, na Vila Mello.</t>
   </si>
   <si>
     <t>6506</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6506/projeto_de_lei_0114.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6506/projeto_de_lei_0114.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do "Dia Municipal de Incentivo à Adoção" e dá outras providências.</t>
   </si>
   <si>
     <t>6507</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6507/projeto_de_lei_0115.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6507/projeto_de_lei_0115.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de realização de processos de desinsetização e sanitização nos locais que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>6508</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6508/projeto_de_lei_0116.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6508/projeto_de_lei_0116.pdf</t>
   </si>
   <si>
     <t>6509</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6509/projeto_de_lei_0117.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6509/projeto_de_lei_0117.pdf</t>
   </si>
   <si>
     <t>Proíbe o tráfego e o estacionamento de ônibus, caminhões e demais veículos pesados no perímetro formado pelas Ruas Jadel França, Raul Serapião Barroso, Prof.a Adalgiza Ialongo Ventura, Paulo Hourneaux de Moura, Prof. Antônio Pedro de Jesus e Avenida João Francisco_x000D_
 Bensdorp, na Cidade Náutica III.</t>
   </si>
   <si>
     <t>6510</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6510/projeto_de_lei_0118.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6510/projeto_de_lei_0118.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, da Praça Símbolo, no Samaritá, pelo Projeto CRERES, no dia 23/6/2012, para a realização do IV Jesus Fest.</t>
   </si>
   <si>
     <t>6511</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6511/projeto_de_lei_0119.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6511/projeto_de_lei_0119.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Pindorama, no Parque São Vicente, pela Igreja Evangélica de Deus Ministério de Santos, nos meses de junho e julho, às sextas-feiras, sábados e domingos, no período das 18h30 às 22h30, para realização da Gincana Gospel.</t>
   </si>
   <si>
     <t>6512</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6512/projeto_de_lei_0120.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6512/projeto_de_lei_0120.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Cantina Saudável, no Município de São Vicente, e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>6513</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6513/projeto_de_lei_0121.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6513/projeto_de_lei_0121.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inserção de textos referentes aos direitos da criança e do adolescente em impressos oficiais da Administração Municipal.</t>
   </si>
   <si>
     <t>6514</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6514/projeto_de_lei_0122.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6514/projeto_de_lei_0122.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça H, no bairro Humaitá,_x000D_
 pela Associação Viver Bem, para realização de "Campanha de Prevenção ao Glaucoma".</t>
   </si>
   <si>
     <t>6515</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6515/projeto_de_lei_0123.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6515/projeto_de_lei_0123.pdf</t>
   </si>
   <si>
     <t>Proíbe o tráfego e o estacionamento de caminhões acima de 2 eixos em toda a extensão da Rua Indaiatuba, no Parque São Vicente.</t>
   </si>
   <si>
     <t>6516</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6516/projeto_de_lei_0124.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6516/projeto_de_lei_0124.pdf</t>
   </si>
   <si>
     <t>Proíbe a parada e estacionamento de ônibus e caminhões na Praça Prefeito Jorge Bierrenbach Senra, no bairro Jardim Independência.</t>
   </si>
   <si>
     <t>6517</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6517/projeto_de_lei_0125.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6517/projeto_de_lei_0125.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação de Amparo Social Irmão Francisco, com sede e foro no Município.</t>
   </si>
   <si>
     <t>6518</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6518/projeto_de_lei_0126.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6518/projeto_de_lei_0126.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Sociedade Beneficente " De Mãos Dadas com a Comunidade".</t>
   </si>
   <si>
     <t>6519</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6519/projeto_de_lei_0127.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6519/projeto_de_lei_0127.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário de Eventos do Município o Litoral Sul Dance Festival, realizado anualmente no mês de junho, por ocasião do feriado de Corpus Christi.</t>
   </si>
   <si>
     <t>6520</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6520/projeto_de_lei_0128.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6520/projeto_de_lei_0128.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação de Esporte e Cultura Viva Vida.</t>
   </si>
   <si>
     <t>6521</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6521/projeto_de_lei_0129.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6521/projeto_de_lei_0129.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n.° 2.394-A/10, que institui o Programa Calçada Limpa, com base na Lei Antifumo.</t>
   </si>
   <si>
     <t>6522</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6522/projeto_de_lei_0130.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6522/projeto_de_lei_0130.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus, caminhões e veículos de grande porte ao redor da Praça Jorge Amado na Vila Jóquei Clube.</t>
   </si>
   <si>
     <t>6523</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6523/projeto_de_lei_0131.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6523/projeto_de_lei_0131.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Política Cultural de São Vicente.</t>
   </si>
   <si>
     <t>6524</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6524/projeto_de_lei_0132.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6524/projeto_de_lei_0132.pdf</t>
   </si>
   <si>
     <t>6525</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6525/projeto_de_lei_0133.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6525/projeto_de_lei_0133.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da colocação em todas as repartições públicas e autarquias do Município de Cartazes informativos sobre formas de prevenção e combate a pedofilia e ao abuso sexual de crianças e adolescentes, e dá outras providências.</t>
   </si>
   <si>
     <t>6526</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6526/projeto_de_lei_0134.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6526/projeto_de_lei_0134.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões na Rua Caetano Cardamone, no Japuí.</t>
   </si>
   <si>
     <t>6527</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6527/projeto_de_lei_0135.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6527/projeto_de_lei_0135.pdf</t>
   </si>
   <si>
     <t>Denomina Maria Cecília Brasil Mavrides a Sala de Canto Coral do 2.° Andar da Academia de Artes Oswaldo Névola Filho, das Oficinas Culturais do Município.</t>
   </si>
   <si>
     <t>6528</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6528/projeto_de_lei_0136.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6528/projeto_de_lei_0136.pdf</t>
   </si>
   <si>
     <t>Proíbe o tráfego e o estacionamento de caminhões acima de 2 eixos, em toda a extensão da Rua Borges de Medeiros, no bairro Vila Jóquei Clube.</t>
   </si>
   <si>
     <t>6529</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6529/projeto_de_lei_0137.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6529/projeto_de_lei_0137.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Especial visando atender a despesa relacionada ao Programa Proinfância PAC II, através do Convênio com o Fundo Nacional de Desenvolvimento da Educação - FNDE, para a Construção de Creche na Avenida Deputado Ulisses Guimarães no Bairro Rio Branco.</t>
   </si>
   <si>
     <t>6530</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6530/projeto_de_lei_0138.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6530/projeto_de_lei_0138.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Especial visando atender a despesa relacionada ao Programa Proinfância PAC II, através do Convênio com o Fundo Nacional de Desenvolvimento da Educação — FNDE, para a Construção de Creche na Rua Jequié, no Bairro Samaritá.</t>
   </si>
   <si>
     <t>6531</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6531/projeto_de_lei_0139.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6531/projeto_de_lei_0139.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Especial visando atender a despesa relacionada ao Programa Proinfância PAC II, através do Convênio com o Fundo Nacional de Desenvolvimento da Educação - FNDE,_x000D_
 para a Construção de Creche na Rua Quarenta e Cinco, no Bairro Humaitá.</t>
   </si>
   <si>
     <t>6532</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6532/projeto_de_lei_0140.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6532/projeto_de_lei_0140.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Especial visando atender a despesa relacionada ao Programa Proinfância PAC II, através do Convênio com o Fundo Nacional de Desenvolvimento da Educação — FNDE, para a Construção de Creche no Bairro Parque Continental.</t>
   </si>
   <si>
     <t>6533</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6533/projeto_de_lei_0141.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6533/projeto_de_lei_0141.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação Alfa e Ômega, no_x000D_
 exercício de 2012.</t>
   </si>
   <si>
     <t>6534</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6534/projeto_de_lei_0142.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6534/projeto_de_lei_0142.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação de Cultura, Lazer, Esporte Social e Trabalho Metropolitano da Baixada Santista - ACLESTRAME B.S., no exercício de_x000D_
 2012.</t>
   </si>
   <si>
     <t>6535</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6535/projeto_de_lei_0143.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6535/projeto_de_lei_0143.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção ao Hospital São José — Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>6536</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6536/projeto_de_lei_0144.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6536/projeto_de_lei_0144.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo â conceder subvenção à Sociedade Beneficente de Mãos Dadas com a Comunidade, no exercício de 2012.</t>
   </si>
   <si>
     <t>6537</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6537/projeto_de_lei_0145.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6537/projeto_de_lei_0145.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a premiar as escolas de samba participantes do Desfile Oficial de_x000D_
 Carnaval de 2012.</t>
   </si>
   <si>
     <t>6538</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6538/projeto_de_lei_0146.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6538/projeto_de_lei_0146.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação Peniel. no exercício de 2012.</t>
   </si>
   <si>
     <t>6539</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6539/projeto_de_lei_0147.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6539/projeto_de_lei_0147.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Estado de São Paulo, por intermédio da Secretaria de Estado da Fazenda, visando ao incremento da arrecadação de tributos e o_x000D_
 intercâmbio de dados cadastrais e informações econômico — fiscais.</t>
   </si>
   <si>
     <t>6540</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6540/projeto_de_lei_0148.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6540/projeto_de_lei_0148.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Estado de São Paulo, por intermédio da Secretaria de Estado da Fazenda, visando à cooperação técnica na área de administração tributária.</t>
   </si>
   <si>
     <t>6541</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6541/projeto_de_lei_0149.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6541/projeto_de_lei_0149.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Vicentina de Esportes e Lazer - AVEL.</t>
   </si>
   <si>
     <t>6542</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6542/projeto_de_lei_0150.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6542/projeto_de_lei_0150.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões em toda a extensão da Rua Professora Carolina Ribeiro de Barros, no bairro Cidade Náutica.</t>
   </si>
   <si>
     <t>6543</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6543/projeto_de_lei_0151.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6543/projeto_de_lei_0151.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de templos religiosos fora das vias denominadas corredores comerciais.</t>
   </si>
   <si>
     <t>6544</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6544/projeto_de_lei_0152.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6544/projeto_de_lei_0152.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a inscrição do grupo sanguíneo e fator RH nas fichas escolares dos alunos_x000D_
 da rede de ensino fundamental da rede pública e particular no âmbito do Município.</t>
   </si>
   <si>
     <t>6545</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6545/projeto_de_lei_0153.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6545/projeto_de_lei_0153.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de brinquedos nos playgrounds, parques, praças e áreas de lazer,_x000D_
 adaptados às necessidades das crianças portadoras de deficiências.</t>
   </si>
   <si>
     <t>6546</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6546/projeto_de_lei_0154.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6546/projeto_de_lei_0154.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei n.° 2.358, de 17 da setembro de 1990, que disciplina a concessão de adiantamento de numerário para atender despesas de pronto pagamento da Câmara Municipal.</t>
   </si>
   <si>
     <t>6547</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6547/projeto_de_lei_0155.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6547/projeto_de_lei_0155.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, do Parque Ambiental Sambaiatuba, pela Associação dos Moradores e Amigos do Sambaiatuba - AMAS, no dia 12 de agosto de 2012, para a realização de evento de Hip-Hop do Dia dos Pais.</t>
   </si>
   <si>
     <t>6548</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6548/projeto_de_lei_0156.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6548/projeto_de_lei_0156.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura a permitir o uso, a título precário, de área da Praça Brasília, por parte da Associação PRODEC para realização de exposição de arte, nos dias 21 e 22 de julho de 2012.</t>
   </si>
   <si>
     <t>6549</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6549/projeto_de_lei_0157.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6549/projeto_de_lei_0157.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da colocação em motéis, hotéis e estabelecimentos assemelhados no Município, de selos, placas, ou cartazes contendo a frase TODOS CONTRA A_x000D_
 VIOLÊNCIA INFANTIL além de informações sobre formas de prevenção e combate à pedofilia e ao abuso sexual de crianças e adolescentes.</t>
   </si>
   <si>
     <t>6550</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6550/projeto_de_lei_0158.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6550/projeto_de_lei_0158.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Estado de São Paulo, por intermédio da Secretaria de Estado da Habitação, visando à transferência de recursos financeiros para a_x000D_
 execução de obras de infraestrutura relativas ao Programa Casa Paulista - Lotes Urbanizados Parcerias com Municípios.</t>
   </si>
   <si>
     <t>6551</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6551/projeto_de_lei_0159.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6551/projeto_de_lei_0159.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Igreja em São Vicente.</t>
   </si>
   <si>
     <t>6552</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6552/projeto_de_lei_0160.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6552/projeto_de_lei_0160.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Igreja Evangélica em São Vicente "Ministério Obra da Restauração" - ISV, no exercício de 2012.</t>
   </si>
   <si>
     <t>6553</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6553/projeto_de_lei_0161.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6553/projeto_de_lei_0161.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação Vicentina de Esportes e Lazer, no exercício de 2012.</t>
   </si>
   <si>
     <t>6554</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6554/projeto_de_lei_0162.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6554/projeto_de_lei_0162.pdf</t>
   </si>
   <si>
     <t>Regulamenta o parágrafo único do artigo 307 da Lei Orgânica do Município, de 5.4.1990, que dispõe sobre a obrigatoriedade de os proprietários de edificações urbanas beneficiadas com a rede distribuidora de água e coletora de esgotos efetuarem as respectivas ligações, e dá outras providências.</t>
   </si>
   <si>
     <t>6555</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6555/projeto_de_lei_0163.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6555/projeto_de_lei_0163.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação Comunitária 1º de Maio, no exercício de 2012.</t>
   </si>
   <si>
     <t>6556</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6556/projeto_de_lei_0164.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6556/projeto_de_lei_0164.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de bens de uso comum do povo, por empresas concessionárias de telecomunicação, visando à instalação de equipamentos eletrônicos convencionais de comutação de diversos tipos de conexão, incluindo armários ópticos</t>
   </si>
   <si>
     <t>6557</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6557/projeto_de_lei_0165.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6557/projeto_de_lei_0165.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões acima de 2 eixos, em toda a extensão da Rua Paulo Hourneaux de Moura, no bairro Cidade Náutica.</t>
   </si>
   <si>
     <t>6558</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6558/projeto_de_lei_0166.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6558/projeto_de_lei_0166.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões acima de 2 eixos, em toda a extensão da Rua José Adriano Marrey Júnior, no bairro Cidade Náutica.</t>
   </si>
   <si>
     <t>6559</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6559/projeto_de_lei_0167.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6559/projeto_de_lei_0167.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões acima de 2 eixos, em toda a extensão da Rua Profa. Adalgisa lalongo Ventura, no bairro Cidade Náutica.</t>
   </si>
   <si>
     <t>6560</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6560/projeto_de_lei_0168.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6560/projeto_de_lei_0168.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões acima de 2 eixos, em toda a extensão da Rua Antônio dos Santos Barbosa, no bairro Cidade Náutica.</t>
   </si>
   <si>
     <t>6561</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6561/projeto_de_lei_0169.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6561/projeto_de_lei_0169.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões acima de 2 eixos, em toda a extensão da Rua Jadel França, no bairro Cidade Náutica.</t>
   </si>
   <si>
     <t>6562</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6562/projeto_de_lei_0170.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6562/projeto_de_lei_0170.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões acima de 2 eixos, em toda a extensão da Rua Raul Serapião Barroso, no bairro Cidade Náutica.</t>
   </si>
   <si>
     <t>6563</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6563/projeto_de_lei_0171.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6563/projeto_de_lei_0171.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso a título precário, da Praça Rivadávia, na Vila_x000D_
 Jóquei Clube, pela empresa Circo Montreal - Produções Circences, Marionetes e Similares, no período de 13 a 27 de agosto de 2012.</t>
   </si>
   <si>
     <t>6564</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6564/projeto_de_lei_0172.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6564/projeto_de_lei_0172.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Orgânica do Município, no Decreto Legislativo n.° 922-A, capítulo VI (seis) que dispõe sobre higiene dos quiosques da orla da Praia do Gonzaguinha e Itararé.</t>
   </si>
   <si>
     <t>6565</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6565/projeto_de_lei_0173.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6565/projeto_de_lei_0173.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município o DIA DO GERONTÓLOGO e dá outras providências.</t>
   </si>
   <si>
     <t>6566</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6566/projeto_de_lei_0174.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6566/projeto_de_lei_0174.pdf</t>
   </si>
   <si>
     <t>Denomina Clóvis Chaves dos Santos a Praça do H, localizada no quadrilátero formado pelas Ruas 45, Maria Rita Souza Brito Lopes, Francisco Alves de Moura e Ariovaldo de Oliveira Rosa, no Humaitá.</t>
   </si>
   <si>
     <t>6567</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6567/projeto_de_lei_0175.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6567/projeto_de_lei_0175.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões em toda a extensão da Rua Pero Vaz de Caminha, no bairro Vila Valença</t>
   </si>
   <si>
     <t>6568</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6568/projeto_de_lei_0176.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6568/projeto_de_lei_0176.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça do H, no Humaitá, peia_x000D_
 Igreja Assembleia de Deus, no dia 22 de setembro de 2012, para a realização do evento Jesus Fest.</t>
   </si>
   <si>
     <t>6569</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6569/projeto_de_lei_0177.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6569/projeto_de_lei_0177.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Cooperação com o Baía de São Vicente Iate Clube, tendo por objeto a disponibilização da utilização da Estação de Rádio instalada naquele Clube a todos os munícipes e turistas que mantêm embarcações atracadas em São_x000D_
 Vicente ou com trânsito nos limites territoriais do Município e imediações.</t>
   </si>
   <si>
     <t>6570</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6570/projeto_de_lei_0178.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6570/projeto_de_lei_0178.pdf</t>
   </si>
   <si>
     <t>Denomina Vereador João de Oliveira Gonçalves -Joãozinho da Fátima a Praça localizada na confluência da Avenida Sargento Artur dos Santos com a Rua Antônio Ribeiro Franco, no Parque das Bandeiras.</t>
   </si>
   <si>
     <t>6571</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6571/projeto_de_lei_0179.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6571/projeto_de_lei_0179.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder .Executivo a permitir o uso, a titulo precário, da área localizada no n.° 85 da_x000D_
 Rua José Rodrigues Martins, no bairro Nova São Vicente, pela Associação Escolinha da_x000D_
 Pastoral, no período que especifica, para a realização de eventos de integração social.</t>
   </si>
   <si>
     <t>6572</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6572/projeto_de_lei_0180.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6572/projeto_de_lei_0180.pdf</t>
   </si>
   <si>
     <t>6573</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6573/projeto_de_lei_0181.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6573/projeto_de_lei_0181.pdf</t>
   </si>
   <si>
     <t>Altera a redação do incisos VI art. 9.° da Lei n.° 2401-A/10, que dispõe sobre os serviços de táxi e dá outras providências, tratando do crachá do condutor.</t>
   </si>
   <si>
     <t>6574</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6574/projeto_de_lei_0182.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6574/projeto_de_lei_0182.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único do artigo 1.° da Lei 594-A/97, que autoriza o Poder Executivo a instalar sanitários públicos na Praia do Itararé e dá outras providências.</t>
   </si>
   <si>
     <t>6575</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6575/projeto_de_lei_0183.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6575/projeto_de_lei_0183.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Prevenção e Combate às Drogas, a ser implementado nos estabelecimentos de Ensino Fundamental e Médio.</t>
   </si>
   <si>
     <t>6576</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6576/projeto_de_lei_0184.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6576/projeto_de_lei_0184.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da área localizada defronte dos quiosques do Itararé, no trecho entre a Praça 21 Irmãos Amigos e a Avenida Presidente Wilson, pela empresa King Truck Shows, Eventos e Empreendimentos Ltda. no dia 20 de_x000D_
 outubro de 2012, para a apresentação e realização de passeios gratuitos da Fórmula Truck Kids.</t>
   </si>
   <si>
     <t>6577</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6577/projeto_de_lei_0185.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6577/projeto_de_lei_0185.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Antônio Carlos_x000D_
 Brasileiro de Almeida Jobim - Tom Jobim, no dia 30 de setembro de 2012, para utilização na "9ª Cãominhada em Defesa da Vida".</t>
   </si>
   <si>
     <t>6578</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6578/projeto_de_lei_0186.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6578/projeto_de_lei_0186.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas gerais na prestação de serviços funerários, administração de_x000D_
 cemitérios e dá outras providências.</t>
   </si>
   <si>
     <t>6579</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6579/projeto_de_lei_0187.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6579/projeto_de_lei_0187.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o Dia do Farmacêutico.</t>
   </si>
   <si>
     <t>6580</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6580/projeto_de_lei_0188.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6580/projeto_de_lei_0188.pdf</t>
   </si>
   <si>
     <t>Institui no Município o "Projeto nasce uma vida, plante uma árvore" e dá outras providências.</t>
   </si>
   <si>
     <t>6581</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6581/projeto_de_lei_0189.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6581/projeto_de_lei_0189.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões na Rua Cásper Libero, na Cidade Náutica.</t>
   </si>
   <si>
     <t>6582</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6582/projeto_de_lei_0190.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6582/projeto_de_lei_0190.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Vereador Alberto_x000D_
 Lopes dos Santos, no Japuí, pela Igreja Assembleia de Deus, no dia 15 de setembro de 2012, para a realização do evento Jesus Fest.</t>
   </si>
   <si>
     <t>6583</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6583/projeto_de_lei_0191.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6583/projeto_de_lei_0191.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça do H, situada no bairro Humaitá, pela Associação Rockinho de Rua - Nasce uma Nova Cena, no Humaitá, para realização de evento cultural, no dia 1.° de setembro de 2012, a partir das 14 horas.</t>
   </si>
   <si>
     <t>6584</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6584/projeto_de_lei_0192.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6584/projeto_de_lei_0192.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Coronel José Lopes,_x000D_
 pela Faculdade de São Vicente - UNIBR, no dia 29 de setembro de 2012 para a realização_x000D_
 do evento denominado Dia da Responsabilidade Social/2012.</t>
   </si>
   <si>
     <t>6585</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6585/projeto_de_lei_0193.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6585/projeto_de_lei_0193.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos à Lei nº 270-A, de 22.08.94, que dispõe sobre a política municipal de atendimento e defesa dos direitos da criança e do adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>6586</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6586/projeto_de_lei_0194.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6586/projeto_de_lei_0194.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorgar à Associação Equoterapia, entidade sem fins lucrativos, permissão de uso de área no Horto Municipal.</t>
   </si>
   <si>
     <t>6587</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6587/projeto_de_lei_0195.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6587/projeto_de_lei_0195.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o Núcleo Metropolitano de Esportes e Cidadania - NUMEC.</t>
   </si>
   <si>
     <t>6588</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6588/projeto_de_lei_0196.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6588/projeto_de_lei_0196.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões na Rua Castelnuovo, na Vila Margarida.</t>
   </si>
   <si>
     <t>6589</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6589/projeto_de_lei_0197.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6589/projeto_de_lei_0197.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da área de estacionamento da_x000D_
 Praia do Itararé, pela empresa STUDIO SA Publicidade Produções &amp; Comunicação.</t>
   </si>
   <si>
     <t>6590</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6590/projeto_de_lei_0198.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6590/projeto_de_lei_0198.pdf</t>
   </si>
   <si>
     <t>Cria a Semana Municipal de Valorização do Educador no Município de São Vicente.</t>
   </si>
   <si>
     <t>6591</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6591/projeto_de_lei_0199.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6591/projeto_de_lei_0199.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, nos dias 5 e 6/10/2012, da Praça do H, no bairro Humaitá, pela Igreja Batista Peniel Humaitá - São Vicente.</t>
   </si>
   <si>
     <t>6592</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6592/projeto_de_lei_0200.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6592/projeto_de_lei_0200.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, da área localizada na confluência da Praça Nossa Senhora da Aparecida com o final da Rua Nadim Gannoum, no Parque São Vicente, pela Creche Municipal Tancredo de Almeida Neves, no dia 20 de outubro de 2012, para a realização da Festa das Crianças.</t>
   </si>
   <si>
     <t>6593</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6593/projeto_de_lei_0201.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6593/projeto_de_lei_0201.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões com mais de dois eixos na Rua Paulo Hourneaux de Moura, no bairro Cidade Náutica III.</t>
   </si>
   <si>
     <t>6594</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6594/projeto_de_lei_0202.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6594/projeto_de_lei_0202.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões em toda a extensão da Rua José Adriano_x000D_
 Marrey Júnior, na Cidade Náutica III.</t>
   </si>
   <si>
     <t>6595</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6595/projeto_de_lei_0203.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6595/projeto_de_lei_0203.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus, caminhões e veículos pesados em toda a extensão da Rua Antônio dos Santos Barbosa, no bairro Cidade Náutica III.</t>
   </si>
   <si>
     <t>6596</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6596/projeto_de_lei_0204.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6596/projeto_de_lei_0204.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Antônio Carlos_x000D_
 Brasileiro de Almeida Jobim, no dia 22/9/12, pelo Conselho de Pastores de São Vicente,_x000D_
 para o evento Concentração da Paz.</t>
   </si>
   <si>
     <t>6597</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6597/projeto_de_lei_0205.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6597/projeto_de_lei_0205.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa da Câmara a abrir Crédito Adicional de R$132.837,59 suplementar à dotação do orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>6598</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6598/projeto_de_lei_0206.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6598/projeto_de_lei_0206.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Brasília, no Parque das Bandeiras, no dia 15/9/12, pela Igreja Pentecostal "O Brasil para Cristo" da Área Continental de São Vicente.</t>
   </si>
   <si>
     <t>6599</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6599/projeto_de_lei_0207.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6599/projeto_de_lei_0207.pdf</t>
   </si>
   <si>
     <t>6600</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6600/projeto_de_lei_0208.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6600/projeto_de_lei_0208.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Família de Deus.</t>
   </si>
   <si>
     <t>6601</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6601/projeto_de_lei_0209.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6601/projeto_de_lei_0209.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da área de eventos do 'Itararé, pela APAE - Associação de Pais e Amigos dos Excepcionais de São Vicente, no período de 1.° a 19 de novembro de 2012, para a realização da 2ª Festa do Artesanato e Tradições Brasileiras.</t>
   </si>
   <si>
     <t>6602</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6602/projeto_de_lei_0210.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6602/projeto_de_lei_0210.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Especial visando atender o Termo de Compromisso PAC 203570/2012 com o_x000D_
 Fundo Nacional de Desenvolvimento da Educação - FNDE, para Construções de Coberturas de Quadras Escolares.</t>
   </si>
   <si>
     <t>6603</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6603/projeto_de_lei_0211.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6603/projeto_de_lei_0211.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre fixação de data e turno para entrega domiciliar de produtos e realização de serviços ao consumidor.</t>
   </si>
   <si>
     <t>6604</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6604/projeto_de_lei_0212.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6604/projeto_de_lei_0212.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de veículos que especifica na Rua Dr. Vítor Meireles Taveira de Sá, na Cidade Náutica.</t>
   </si>
   <si>
     <t>6605</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6605/projeto_de_lei_0213.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6605/projeto_de_lei_0213.pdf</t>
   </si>
   <si>
     <t>Proíbe o tráfego de caminhões com mais de dois eixos em toda a extensão da Rua Travessa do Parque, no bairro Parque São Vicente.</t>
   </si>
   <si>
     <t>6606</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6606/projeto_de_lei_0214.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6606/projeto_de_lei_0214.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões com mais de dois eixos no trecho da Rua Gal. Vicente de Paula Dale Coutinho compreendido entre as Ruas Casper Libero e Maria Pacheco Nobre, na Cidade Náutica.</t>
   </si>
   <si>
     <t>6607</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6607/projeto_de_lei_0215.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6607/projeto_de_lei_0215.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, de espaço do Parque Ambiental_x000D_
 Sambaiatuba, pela AMAS - Associação de Moradores e Amigos do Sambaiatuba, no dia 14_x000D_
 de outubro de 2012, para a realização da 10ª Festa do Dia das Crianças.</t>
   </si>
   <si>
     <t>6608</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6608/projeto_de_lei_0216.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6608/projeto_de_lei_0216.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Fiscal do Município de São Vicente para o exercício de 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>6609</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6609/projeto_de_lei_0217.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6609/projeto_de_lei_0217.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento de Investimentos da CODESAVI - Companhia de Desenvolvimento de São Vicente para o exercício de 2013, e dá outras providências</t>
   </si>
   <si>
     <t>6610</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6610/projeto_de_lei_0218.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6610/projeto_de_lei_0218.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de veículos com mais de dois eixos na Rua Marechal Euclides Zenóbio da Costa, no trecho que especifica.</t>
   </si>
   <si>
     <t>6611</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6611/projeto_de_lei_0219.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6611/projeto_de_lei_0219.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Dr. Oswaldo Marques, no Humaitá, pelo Circo Montreal, no período de 29 de setembro a 30 de outubro de 2012.</t>
   </si>
   <si>
     <t>6612</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6612/projeto_de_lei_0220.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6612/projeto_de_lei_0220.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção no valor de R$ 120.000,00 (cento e vinte mil reais) ao Hospital São José - Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>6613</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6613/projeto_de_lei_0221.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6613/projeto_de_lei_0221.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa da Câmara a abrir Crédito Adicional de R$ 160.000,00 suplementar à dotação do orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>6614</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6614/projeto_de_lei_0222.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6614/projeto_de_lei_0222.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de colocação de placas indicativas de profundidade nas bordas das piscinas e dá outras providências.</t>
   </si>
   <si>
     <t>6615</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6615/projeto_de_lei_0223.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6615/projeto_de_lei_0223.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Publica o Rotary Club de São Vicente.</t>
   </si>
   <si>
     <t>6616</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6616/projeto_de_lei_0224.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6616/projeto_de_lei_0224.pdf</t>
   </si>
   <si>
     <t>Denomina Praça da Fé a área localizada no cruzamento da Rua Frei Gaspar, com a Rua Altino Arantes e a Rua Jadel França, na Cidade Náutica.</t>
   </si>
   <si>
     <t>6617</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6617/projeto_de_lei_0225.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6617/projeto_de_lei_0225.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça dos Ambientalistas, no Jardim Rio Branco, pela Igreja Comunhão e Adoração em Cristo, no dia 21 de novembro de 2012, para a realização de evento evangélico.</t>
   </si>
   <si>
     <t>6618</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6618/projeto_de_lei_0226.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6618/projeto_de_lei_0226.pdf</t>
   </si>
   <si>
     <t>Denomina Ivanir da Cruz a Rua 30 (Símbolo 1853), que inicia na Avenida l, atual Paschoal Gzebien (Símbolo 1816) e termina na Alameda Hugo Ventura (Símbolo 1817), no Parque Continental.</t>
   </si>
   <si>
     <t>6619</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6619/projeto_de_lei_0227.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6619/projeto_de_lei_0227.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões acima de 2 eixos em toda extensão da Rua Bugre, no bairro Parque São Vicente.</t>
   </si>
   <si>
     <t>6620</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6620/projeto_de_lei_0228.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6620/projeto_de_lei_0228.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Centro Cultural Latino Americano.</t>
   </si>
   <si>
     <t>6621</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6621/projeto_de_lei_0229.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6621/projeto_de_lei_0229.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões com mais de dois eixos em toda a extensão da Rua Capitão Antão de Moura, no Parque Bitaru.</t>
   </si>
   <si>
     <t>6622</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6622/projeto_de_lei_0230.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6622/projeto_de_lei_0230.pdf</t>
   </si>
   <si>
     <t>Denomina Dirce Costa a Rua B - Símbolo 3016, com início na Via Vereadora Angelina Pretti da Silva - Símbolo 3027 e término na Rua G - Símbolo 3026, no Jardim Irmã Dolores.</t>
   </si>
   <si>
     <t>6623</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6623/projeto_de_lei_0231.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6623/projeto_de_lei_0231.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, de área da Praia do Itararé, ao_x000D_
 lado do Ilha Porchat Clube, pela Igreja Peniel, no dia 2 de dezembro de 2012, para a_x000D_
 realização do tradicional Batismo.</t>
   </si>
   <si>
     <t>6624</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6624/projeto_de_lei_0232.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6624/projeto_de_lei_0232.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário da Praça Antônio Carlos Brasileiro de Almeida Jobim, nos dias 11 e 12 de dezembro de 2012, pela Igreja Renovação em Cristo, para realização de evento evangelístico.</t>
   </si>
   <si>
     <t>6625</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6625/projeto_de_lei_0233.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6625/projeto_de_lei_0233.pdf</t>
   </si>
   <si>
     <t>6626</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6626/projeto_de_lei_0234.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6626/projeto_de_lei_0234.pdf</t>
   </si>
   <si>
     <t>Autoriza a Caixa de Saúde e Pecúlio dos Servidores Municipais de São Vicente a abrir Crédito Adicional Suplementar no valor de R$ 630.000,00 (seiscentos e trinta mil reais) para suplementar as dotações que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>6627</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6627/projeto_de_lei_0235.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6627/projeto_de_lei_0235.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça do H, localizada no_x000D_
 cruzamento da Rua Maria Rita Souza Brito Lopes Pontes com a Rua Trinta e Nove, para a_x000D_
 realização, por parte das igrejas evangélicas Crash Church e Igreja de Impacto, do evento_x000D_
 Rockinho "Nasce uma Nova Cena", em dia e horário que especifica.</t>
   </si>
   <si>
     <t>6628</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6628/projeto_de_lei_0236.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6628/projeto_de_lei_0236.pdf</t>
   </si>
   <si>
     <t>6629</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6629/projeto_de_lei_0237.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6629/projeto_de_lei_0237.pdf</t>
   </si>
   <si>
     <t>Incluí no Calendário Oficial do Município o evento Rockinho, a ser realizado no decorrer de 2013, nas datas: 12/1, 9/2, 9/3, 13/4, 11/5, 8/6, 13/7, 10/8, 14/9, 12/10, 9/11 e 14/12 em praças públicas e centros comunitários do Município.</t>
   </si>
   <si>
     <t>6630</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6630/projeto_de_lei_0238.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6630/projeto_de_lei_0238.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal, Secretaria da Fazenda, um Crédito Adicional Especial, visando atender aos Convênios SICONV n°s 766452 e 759322 - Contratos de Repasse n°s 0373131-53/2011 e 0368683-31/2011, respectivamente, com o Ministério do Esporte, objetivando a "Construção de Complexo Esportivo 1ª e 2ª Etapas".</t>
   </si>
   <si>
     <t>6631</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6631/projeto_de_lei_0239.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6631/projeto_de_lei_0239.pdf</t>
   </si>
   <si>
     <t>Inclui item ao art. 1º da Lei n° 1785, de 1°.9.78 e suas alterações, que autoriza o Poder Executivo a celebrar Convênio com entidades particulares assistenciais e de benemerência_x000D_
 situadas no Município.</t>
   </si>
   <si>
     <t>6632</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6632/projeto_de_lei_0240.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6632/projeto_de_lei_0240.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praia do Itararé,_x000D_
 próxima à cidade de Santos, por parte do Grupo Espírita Cacique Guaci, no próximo dia 8 de dezembro, no período das 18 às 23 horas, para a prática de rituais de saudação a Iemanjá.</t>
   </si>
   <si>
     <t>6637</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6637/projeto_de_lei_0245.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6637/projeto_de_lei_0245.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o Dia do Discipulador, a ser comemorado, anualmente, em 12 de dezembro.</t>
   </si>
   <si>
     <t>6633</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6633/projeto_de_lei_0241.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6633/projeto_de_lei_0241.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o Dia do Agente de Saúde no Combate à Dengue.</t>
   </si>
   <si>
     <t>6634</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6634/projeto_de_lei_0242.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6634/projeto_de_lei_0242.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1.° da Lei n.° 2866- A, de 4/5/12, que proíbe o estacionamento de_x000D_
 ônibus, caminhões e carretas em toda a extensão da Rua Pero Vaz de Caminha, na Vila Valença.</t>
   </si>
   <si>
     <t>6635</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6635/projeto_de_lei_0243.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6635/projeto_de_lei_0243.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre serviços de montagem de estruturas para eventos públicos.</t>
   </si>
   <si>
     <t>6636</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6636/projeto_de_lei_0244.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6636/projeto_de_lei_0244.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Brasília, no Parque das Bandeiras, e da Praça dos Ambientalistas, no Jardim Rio Branco, pela Igreja Presbiteriana do Parque das Bandeiras, nos dias 15, 18 e 19 de janeiro de 2013, para a realização de evento artístico com o grupo King's Kids.</t>
   </si>
   <si>
     <t>6638</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6638/projeto_de_lei_0247.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6638/projeto_de_lei_0247.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o Dia do Discipulador, a ser comemorado, anualmente em 12 de dezembro.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3771,68 +3771,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15772/projeto_de_lei_complementar_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15773/projeto_de_lei_complementar_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15774/projeto_de_lei_complementar_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15775/projeto_de_lei_complementar_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15776/projeto_de_lei_complementar_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15777/projeto_de_lei_complementar_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15778/projeto_de_lei_complementar_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15779/projeto_de_lei_complementar_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15780/projeto_de_lei_complementar_0009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15781/projeto_de_lei_complementar_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15782/projeto_de_lei_complementar_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15783/projeto_de_lei_complementar_0012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15784/projeto_de_lei_complementar_0013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15785/projeto_de_lei_complementar_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15786/projeto_de_lei_complementar_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15787/projeto_de_lei_complementar_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15788/projeto_de_lei_complementar_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15789/projeto_de_lei_complementar_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15790/projeto_de_lei_complementar_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15791/projeto_de_lei_complementar_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15792/projeto_de_lei_complementar_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15793/projeto_de_lei_complementar_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15794/projeto_de_lei_complementar_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15795/projeto_de_lei_complementar_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15796/projeto_de_lei_complementar_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15797/projeto_de_lei_complementar_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15798/projeto_de_lei_complementar_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15799/projeto_de_lei_complementar_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15800/projeto_de_lei_complementar_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15801/projeto_de_lei_complementar_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15802/projeto_de_lei_complementar_0031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15803/projeto_de_lei_complementar_0032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3565/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3567/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3568/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3569/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3570/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3571/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6389/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6390/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6391/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6392/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6493/pl-12-12.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6393/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6394/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6395/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6396/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6397/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6398/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6399/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6400/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6401/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6402/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6403/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6404/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6405/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6407/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6408/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6409/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6410/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6411/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6412/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6413/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6414/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6415/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6416/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6417/projeto_de_lei_0036.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6418/projeto_de_lei_0037.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6419/projeto_de_lei_0038.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6492/pl_39-12.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6420/projeto_de_lei_0040.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6421/projeto_de_lei_0041.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6422/projeto_de_lei_0042.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6423/projeto_de_lei_0043.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6424/projeto_de_lei_0044.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6425/projeto_de_lei_0045.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6426/projeto_de_lei_0046.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6427/projeto_de_lei_0047.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6428/projeto_de_lei_0048.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6429/projeto_de_lei_0049.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6430/projeto_de_lei_0050.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6431/projeto_de_lei_0051.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6432/projeto_de_lei_0052.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6433/projeto_de_lei_0053.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6434/projeto_de_lei_0054.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6435/projeto_de_lei_0055.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6436/projeto_de_lei_0056.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6437/projeto_de_lei_0057.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6438/projeto_de_lei_0058.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6439/projeto_de_lei_0059.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6440/projeto_de_lei_0060.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6441/projeto_de_lei_0061.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6442/projeto_de_lei_0062.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6443/projeto_de_lei_0063.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6444/projeto_de_lei_0064.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6445/projeto_de_lei_0065.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6446/projeto_de_lei_0066.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6447/projeto_de_lei_0067.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6448/projeto_de_lei_0068.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6449/projeto_de_lei_0069.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6450/projeto_de_lei_0070.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6451/projeto_de_lei_0071.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6452/projeto_de_lei_0072.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6453/projeto_de_lei_0073.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6454/projeto_de_lei_0074.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6455/projeto_de_lei_0075.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6456/projeto_de_lei_0076.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6457/projeto_de_lei_0077.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6458/projeto_de_lei_0078.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6459/projeto_de_lei_0079.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6460/projeto_de_lei_0080.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6461/projeto_de_lei_0081.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6462/projeto_de_lei_0082.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6463/projeto_de_lei_0083.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6464/projeto_de_lei_0084.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6465/projeto_de_lei_0085.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6466/projeto_de_lei_0086.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6467/projeto_de_lei_0087.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6468/projeto_de_lei_0088.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6469/projeto_de_lei_0089.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6470/projeto_de_lei_0090.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6471/projeto_de_lei_0091.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6472/projeto_de_lei_0092.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6473/projeto_de_lei_0093.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6474/projeto_de_lei_0094.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6475/projeto_de_lei_0095.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6476/projeto_de_lei_0096.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6477/projeto_de_lei_0097.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6478/projeto_de_lei_0098.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6479/projeto_de_lei_0099.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6480/projeto_de_lei_0100.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6481/projeto_de_lei_0101.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6482/projeto_de_lei_0102.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6483/projeto_de_lei_0103.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6484/projeto_de_lei_0104.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6485/projeto_de_lei_0105.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6486/projeto_de_lei_0106.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6487/projeto_de_lei_0107.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6488/projeto_de_lei_0108.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6489/projeto_de_lei_0109.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6490/projeto_de_lei_0110.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6503/projeto_de_lei_0111.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6504/projeto_de_lei_0112.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6505/projeto_de_lei_0113.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6506/projeto_de_lei_0114.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6507/projeto_de_lei_0115.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6508/projeto_de_lei_0116.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6509/projeto_de_lei_0117.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6510/projeto_de_lei_0118.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6511/projeto_de_lei_0119.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6512/projeto_de_lei_0120.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6513/projeto_de_lei_0121.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6514/projeto_de_lei_0122.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6515/projeto_de_lei_0123.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6516/projeto_de_lei_0124.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6517/projeto_de_lei_0125.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6518/projeto_de_lei_0126.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6519/projeto_de_lei_0127.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6520/projeto_de_lei_0128.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6521/projeto_de_lei_0129.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6522/projeto_de_lei_0130.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6523/projeto_de_lei_0131.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6524/projeto_de_lei_0132.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6525/projeto_de_lei_0133.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6526/projeto_de_lei_0134.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6527/projeto_de_lei_0135.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6528/projeto_de_lei_0136.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6529/projeto_de_lei_0137.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6530/projeto_de_lei_0138.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6531/projeto_de_lei_0139.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6532/projeto_de_lei_0140.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6533/projeto_de_lei_0141.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6534/projeto_de_lei_0142.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6535/projeto_de_lei_0143.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6536/projeto_de_lei_0144.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6537/projeto_de_lei_0145.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6538/projeto_de_lei_0146.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6539/projeto_de_lei_0147.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6540/projeto_de_lei_0148.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6541/projeto_de_lei_0149.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6542/projeto_de_lei_0150.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6543/projeto_de_lei_0151.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6544/projeto_de_lei_0152.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6545/projeto_de_lei_0153.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6546/projeto_de_lei_0154.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6547/projeto_de_lei_0155.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6548/projeto_de_lei_0156.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6549/projeto_de_lei_0157.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6550/projeto_de_lei_0158.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6551/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6552/projeto_de_lei_0160.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6553/projeto_de_lei_0161.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6554/projeto_de_lei_0162.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6555/projeto_de_lei_0163.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6556/projeto_de_lei_0164.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6557/projeto_de_lei_0165.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6558/projeto_de_lei_0166.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6559/projeto_de_lei_0167.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6560/projeto_de_lei_0168.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6561/projeto_de_lei_0169.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6562/projeto_de_lei_0170.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6563/projeto_de_lei_0171.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6564/projeto_de_lei_0172.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6565/projeto_de_lei_0173.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6566/projeto_de_lei_0174.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6567/projeto_de_lei_0175.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6568/projeto_de_lei_0176.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6569/projeto_de_lei_0177.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6570/projeto_de_lei_0178.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6571/projeto_de_lei_0179.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6572/projeto_de_lei_0180.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6573/projeto_de_lei_0181.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6574/projeto_de_lei_0182.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6575/projeto_de_lei_0183.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6576/projeto_de_lei_0184.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6577/projeto_de_lei_0185.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6578/projeto_de_lei_0186.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6579/projeto_de_lei_0187.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6580/projeto_de_lei_0188.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6581/projeto_de_lei_0189.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6582/projeto_de_lei_0190.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6583/projeto_de_lei_0191.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6584/projeto_de_lei_0192.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6585/projeto_de_lei_0193.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6586/projeto_de_lei_0194.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6587/projeto_de_lei_0195.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6588/projeto_de_lei_0196.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6589/projeto_de_lei_0197.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6590/projeto_de_lei_0198.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6591/projeto_de_lei_0199.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6592/projeto_de_lei_0200.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6593/projeto_de_lei_0201.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6594/projeto_de_lei_0202.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6595/projeto_de_lei_0203.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6596/projeto_de_lei_0204.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6597/projeto_de_lei_0205.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6598/projeto_de_lei_0206.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6599/projeto_de_lei_0207.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6600/projeto_de_lei_0208.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6601/projeto_de_lei_0209.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6602/projeto_de_lei_0210.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6603/projeto_de_lei_0211.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6604/projeto_de_lei_0212.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6605/projeto_de_lei_0213.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6606/projeto_de_lei_0214.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6607/projeto_de_lei_0215.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6608/projeto_de_lei_0216.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6609/projeto_de_lei_0217.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6610/projeto_de_lei_0218.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6611/projeto_de_lei_0219.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6612/projeto_de_lei_0220.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6613/projeto_de_lei_0221.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6614/projeto_de_lei_0222.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6615/projeto_de_lei_0223.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6616/projeto_de_lei_0224.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6617/projeto_de_lei_0225.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6618/projeto_de_lei_0226.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6619/projeto_de_lei_0227.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6620/projeto_de_lei_0228.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6621/projeto_de_lei_0229.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6622/projeto_de_lei_0230.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6623/projeto_de_lei_0231.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6624/projeto_de_lei_0232.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6625/projeto_de_lei_0233.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6626/projeto_de_lei_0234.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6627/projeto_de_lei_0235.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6628/projeto_de_lei_0236.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6629/projeto_de_lei_0237.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6630/projeto_de_lei_0238.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6631/projeto_de_lei_0239.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6632/projeto_de_lei_0240.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6637/projeto_de_lei_0245.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6633/projeto_de_lei_0241.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6634/projeto_de_lei_0242.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6635/projeto_de_lei_0243.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6636/projeto_de_lei_0244.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6638/projeto_de_lei_0247.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15772/projeto_de_lei_complementar_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15773/projeto_de_lei_complementar_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15774/projeto_de_lei_complementar_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15775/projeto_de_lei_complementar_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15776/projeto_de_lei_complementar_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15777/projeto_de_lei_complementar_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15778/projeto_de_lei_complementar_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15779/projeto_de_lei_complementar_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15780/projeto_de_lei_complementar_0009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15781/projeto_de_lei_complementar_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15782/projeto_de_lei_complementar_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15783/projeto_de_lei_complementar_0012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15784/projeto_de_lei_complementar_0013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15785/projeto_de_lei_complementar_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15786/projeto_de_lei_complementar_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15787/projeto_de_lei_complementar_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15788/projeto_de_lei_complementar_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15789/projeto_de_lei_complementar_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15790/projeto_de_lei_complementar_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15791/projeto_de_lei_complementar_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15792/projeto_de_lei_complementar_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15793/projeto_de_lei_complementar_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15794/projeto_de_lei_complementar_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15795/projeto_de_lei_complementar_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15796/projeto_de_lei_complementar_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15797/projeto_de_lei_complementar_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15798/projeto_de_lei_complementar_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15799/projeto_de_lei_complementar_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15800/projeto_de_lei_complementar_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15801/projeto_de_lei_complementar_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15802/projeto_de_lei_complementar_0031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/15803/projeto_de_lei_complementar_0032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3565/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3567/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3568/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3569/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3570/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/3571/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6389/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6390/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6391/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6392/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6493/pl-12-12.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6393/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6394/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6395/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6396/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6397/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6398/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6399/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6400/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6401/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6402/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6403/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6404/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6405/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6407/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6408/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6409/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6410/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6411/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6412/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6413/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6414/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6415/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6416/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6417/projeto_de_lei_0036.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6418/projeto_de_lei_0037.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6419/projeto_de_lei_0038.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6492/pl_39-12.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6420/projeto_de_lei_0040.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6421/projeto_de_lei_0041.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6422/projeto_de_lei_0042.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6423/projeto_de_lei_0043.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6424/projeto_de_lei_0044.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6425/projeto_de_lei_0045.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6426/projeto_de_lei_0046.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6427/projeto_de_lei_0047.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6428/projeto_de_lei_0048.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6429/projeto_de_lei_0049.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6430/projeto_de_lei_0050.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6431/projeto_de_lei_0051.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6432/projeto_de_lei_0052.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6433/projeto_de_lei_0053.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6434/projeto_de_lei_0054.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6435/projeto_de_lei_0055.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6436/projeto_de_lei_0056.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6437/projeto_de_lei_0057.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6438/projeto_de_lei_0058.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6439/projeto_de_lei_0059.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6440/projeto_de_lei_0060.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6441/projeto_de_lei_0061.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6442/projeto_de_lei_0062.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6443/projeto_de_lei_0063.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6444/projeto_de_lei_0064.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6445/projeto_de_lei_0065.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6446/projeto_de_lei_0066.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6447/projeto_de_lei_0067.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6448/projeto_de_lei_0068.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6449/projeto_de_lei_0069.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6450/projeto_de_lei_0070.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6451/projeto_de_lei_0071.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6452/projeto_de_lei_0072.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6453/projeto_de_lei_0073.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6454/projeto_de_lei_0074.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6455/projeto_de_lei_0075.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6456/projeto_de_lei_0076.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6457/projeto_de_lei_0077.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6458/projeto_de_lei_0078.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6459/projeto_de_lei_0079.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6460/projeto_de_lei_0080.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6461/projeto_de_lei_0081.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6462/projeto_de_lei_0082.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6463/projeto_de_lei_0083.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6464/projeto_de_lei_0084.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6465/projeto_de_lei_0085.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6466/projeto_de_lei_0086.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6467/projeto_de_lei_0087.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6468/projeto_de_lei_0088.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6469/projeto_de_lei_0089.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6470/projeto_de_lei_0090.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6471/projeto_de_lei_0091.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6472/projeto_de_lei_0092.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6473/projeto_de_lei_0093.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6474/projeto_de_lei_0094.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6475/projeto_de_lei_0095.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6476/projeto_de_lei_0096.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6477/projeto_de_lei_0097.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6478/projeto_de_lei_0098.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6479/projeto_de_lei_0099.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6480/projeto_de_lei_0100.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6481/projeto_de_lei_0101.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6482/projeto_de_lei_0102.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6483/projeto_de_lei_0103.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6484/projeto_de_lei_0104.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6485/projeto_de_lei_0105.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6486/projeto_de_lei_0106.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6487/projeto_de_lei_0107.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6488/projeto_de_lei_0108.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6489/projeto_de_lei_0109.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6490/projeto_de_lei_0110.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6503/projeto_de_lei_0111.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6504/projeto_de_lei_0112.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6505/projeto_de_lei_0113.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6506/projeto_de_lei_0114.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6507/projeto_de_lei_0115.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6508/projeto_de_lei_0116.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6509/projeto_de_lei_0117.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6510/projeto_de_lei_0118.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6511/projeto_de_lei_0119.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6512/projeto_de_lei_0120.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6513/projeto_de_lei_0121.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6514/projeto_de_lei_0122.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6515/projeto_de_lei_0123.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6516/projeto_de_lei_0124.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6517/projeto_de_lei_0125.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6518/projeto_de_lei_0126.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6519/projeto_de_lei_0127.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6520/projeto_de_lei_0128.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6521/projeto_de_lei_0129.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6522/projeto_de_lei_0130.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6523/projeto_de_lei_0131.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6524/projeto_de_lei_0132.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6525/projeto_de_lei_0133.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6526/projeto_de_lei_0134.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6527/projeto_de_lei_0135.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6528/projeto_de_lei_0136.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6529/projeto_de_lei_0137.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6530/projeto_de_lei_0138.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6531/projeto_de_lei_0139.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6532/projeto_de_lei_0140.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6533/projeto_de_lei_0141.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6534/projeto_de_lei_0142.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6535/projeto_de_lei_0143.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6536/projeto_de_lei_0144.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6537/projeto_de_lei_0145.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6538/projeto_de_lei_0146.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6539/projeto_de_lei_0147.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6540/projeto_de_lei_0148.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6541/projeto_de_lei_0149.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6542/projeto_de_lei_0150.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6543/projeto_de_lei_0151.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6544/projeto_de_lei_0152.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6545/projeto_de_lei_0153.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6546/projeto_de_lei_0154.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6547/projeto_de_lei_0155.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6548/projeto_de_lei_0156.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6549/projeto_de_lei_0157.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6550/projeto_de_lei_0158.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6551/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6552/projeto_de_lei_0160.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6553/projeto_de_lei_0161.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6554/projeto_de_lei_0162.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6555/projeto_de_lei_0163.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6556/projeto_de_lei_0164.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6557/projeto_de_lei_0165.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6558/projeto_de_lei_0166.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6559/projeto_de_lei_0167.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6560/projeto_de_lei_0168.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6561/projeto_de_lei_0169.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6562/projeto_de_lei_0170.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6563/projeto_de_lei_0171.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6564/projeto_de_lei_0172.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6565/projeto_de_lei_0173.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6566/projeto_de_lei_0174.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6567/projeto_de_lei_0175.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6568/projeto_de_lei_0176.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6569/projeto_de_lei_0177.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6570/projeto_de_lei_0178.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6571/projeto_de_lei_0179.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6572/projeto_de_lei_0180.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6573/projeto_de_lei_0181.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6574/projeto_de_lei_0182.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6575/projeto_de_lei_0183.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6576/projeto_de_lei_0184.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6577/projeto_de_lei_0185.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6578/projeto_de_lei_0186.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6579/projeto_de_lei_0187.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6580/projeto_de_lei_0188.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6581/projeto_de_lei_0189.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6582/projeto_de_lei_0190.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6583/projeto_de_lei_0191.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6584/projeto_de_lei_0192.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6585/projeto_de_lei_0193.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6586/projeto_de_lei_0194.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6587/projeto_de_lei_0195.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6588/projeto_de_lei_0196.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6589/projeto_de_lei_0197.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6590/projeto_de_lei_0198.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6591/projeto_de_lei_0199.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6592/projeto_de_lei_0200.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6593/projeto_de_lei_0201.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6594/projeto_de_lei_0202.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6595/projeto_de_lei_0203.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6596/projeto_de_lei_0204.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6597/projeto_de_lei_0205.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6598/projeto_de_lei_0206.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6599/projeto_de_lei_0207.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6600/projeto_de_lei_0208.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6601/projeto_de_lei_0209.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6602/projeto_de_lei_0210.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6603/projeto_de_lei_0211.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6604/projeto_de_lei_0212.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6605/projeto_de_lei_0213.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6606/projeto_de_lei_0214.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6607/projeto_de_lei_0215.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6608/projeto_de_lei_0216.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6609/projeto_de_lei_0217.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6610/projeto_de_lei_0218.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6611/projeto_de_lei_0219.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6612/projeto_de_lei_0220.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6613/projeto_de_lei_0221.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6614/projeto_de_lei_0222.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6615/projeto_de_lei_0223.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6616/projeto_de_lei_0224.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6617/projeto_de_lei_0225.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6618/projeto_de_lei_0226.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6619/projeto_de_lei_0227.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6620/projeto_de_lei_0228.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6621/projeto_de_lei_0229.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6622/projeto_de_lei_0230.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6623/projeto_de_lei_0231.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6624/projeto_de_lei_0232.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6625/projeto_de_lei_0233.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6626/projeto_de_lei_0234.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6627/projeto_de_lei_0235.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6628/projeto_de_lei_0236.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6629/projeto_de_lei_0237.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6630/projeto_de_lei_0238.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6631/projeto_de_lei_0239.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6632/projeto_de_lei_0240.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6637/projeto_de_lei_0245.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6633/projeto_de_lei_0241.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6634/projeto_de_lei_0242.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6635/projeto_de_lei_0243.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6636/projeto_de_lei_0244.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2012/6638/projeto_de_lei_0247.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H279"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>