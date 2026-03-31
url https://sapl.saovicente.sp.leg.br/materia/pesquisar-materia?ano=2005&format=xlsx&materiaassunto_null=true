--- v0 (2025-10-22)
+++ v1 (2026-03-31)
@@ -54,2716 +54,2716 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16037</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Tercio Garcia</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16037/projeto_de_lei_complementar_0001.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16037/projeto_de_lei_complementar_0001.pdf</t>
   </si>
   <si>
     <t>Prorroga até 30 de abril de 2005 os prazos para renovação da licença dos ambulantes, previstos no art. 275 da Lei n° 1745, de 29.09.77 - Código Tributário do Município.</t>
   </si>
   <si>
     <t>16038</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16038/projeto_de_lei_complementar_0002.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16038/projeto_de_lei_complementar_0002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura administrativa da Prefeitura, altera dispositivos da Lei Complementar nº 147/97, e dá outras providências.</t>
   </si>
   <si>
     <t>16039</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16039/projeto_de_lei_complementar_0003.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16039/projeto_de_lei_complementar_0003.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 4º da Lei Complementar nº 361, de 26.12.01, que dispõe sobre a Gratificação de Produtividade Fiscal - GPF, a ser concedida aos titulares dos cargos de Fiscal de Tributos Municipais, Fiscal de Tributos Especializado, Fiscal de Obras e Fiscal de Obras Especializado.</t>
   </si>
   <si>
     <t>16040</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16040/projeto_de_lei_complementar_0004.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16040/projeto_de_lei_complementar_0004.pdf</t>
   </si>
   <si>
     <t>Concede abono aos servidores do Quadro do Pessoal da Câmara Municipal de São Vicente.</t>
   </si>
   <si>
     <t>16041</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16041/projeto_de_lei_complementar_0005.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16041/projeto_de_lei_complementar_0005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reposição salarial de 8,23% (oito inteiros e vinte e três centésimos percentuais) aos servidores em atividade da Prefeitura Municipal, da Caixa de Saúde e Pecúlio dos Servidores Municipais e do Instituto de Previdência dos Servidores_x000D_
 Municipais de São Vicente, aos servidores inativos e pensionistas, e dá outras providências.</t>
   </si>
   <si>
     <t>16042</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16042/projeto_de_lei_complementar_0006.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16042/projeto_de_lei_complementar_0006.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos §§ 1°, 4° e 5° e acrescenta §§ 6° e 7° ao art. 245 da Lei nº 1745, de 29.09.77 - Código Tributário do Município.</t>
   </si>
   <si>
     <t>16043</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Luciano Batista</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16043/projeto_de_lei_complementar_0007.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16043/projeto_de_lei_complementar_0007.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafos ao artigo 245 da Lei n.° 1.745, de 29 de setembro de 1977 - Código Tributário do Município, para estabelecer condições de funcionamento aos estabelecimentos de venda de combustíveis no varejo.</t>
   </si>
   <si>
     <t>16044</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16044/projeto_de_lei_complementar_0008.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16044/projeto_de_lei_complementar_0008.pdf</t>
   </si>
   <si>
     <t>Cria cargos de Taquígrafo no Quadro de Pessoal da Câmara Municipal de São Vicente, de que_x000D_
 dispõe a Lei n.° 1976/84.</t>
   </si>
   <si>
     <t>16045</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16045/projeto_de_lei_complementar_0009.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16045/projeto_de_lei_complementar_0009.pdf</t>
   </si>
   <si>
     <t>Proíbe a instalação de postos de combustíveis em estabelecimento que especifica.</t>
   </si>
   <si>
     <t>16046</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Roberto Rocha</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16046/projeto_de_lei_complementar_0010.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16046/projeto_de_lei_complementar_0010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de dispositivos para instalação de equipamento de telefonia destinado ao uso de pessoas portadoras de deficiência auditiva ou deficiência da fala em_x000D_
 edificações que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>16047</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16047/projeto_de_lei_complementar_0011.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16047/projeto_de_lei_complementar_0011.pdf</t>
   </si>
   <si>
     <t>Altera e revoga dispositivos da Lei nº 1745, de 29.09.77 - Código Tributário do Município, e revoga a Lei Complementar nº 83, de 22.11.94.</t>
   </si>
   <si>
     <t>16048</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16048/projeto_de_lei_complementar_0012.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16048/projeto_de_lei_complementar_0012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização de edificações ou reformas, com ou sem ampliações ou_x000D_
 acréscimos; de torres de telefonia e outros, e dá outras providências.</t>
   </si>
   <si>
     <t>16049</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16049/projeto_de_lei_complementar_0013.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16049/projeto_de_lei_complementar_0013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cobrança de tributo relativo à ocupação e uso de solo para fixação de postes por concessionária do serviço de distribuição de energia elétrica, iluminação pública, telefonia, difusão de imagens e sons e outros equipamentos de telecomunicações em calçadas e logradouros.</t>
   </si>
   <si>
     <t>16050</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16050/projeto_de_lei_complementar_0014.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16050/projeto_de_lei_complementar_0014.pdf</t>
   </si>
   <si>
     <t>Altera a redação do item 32 do inciso III do art. 7.° da Lei Complementar n.° 271/99, que disciplina o uso e ocupação do solo no Município de São Vicente.</t>
   </si>
   <si>
     <t>16051</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16051/projeto_de_lei_complementar_0015.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16051/projeto_de_lei_complementar_0015.pdf</t>
   </si>
   <si>
     <t>Revoga o parágrafo único do art. 6° da Lei Complementar n° 278, de 19.05.00, que desafeta áreas da classe dos bens de uso comum do povo do loteamento Vila Jockey Clube, transfere para a dos bens patrimoniais do Município, autoriza sua cessão de posse, alterada pela Lei_x000D_
 Complementar n° 468, de 28.12.04, modificando o instituto da cessão de posse pelo da concessão de uso especial.</t>
   </si>
   <si>
     <t>16052</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16052/projeto_de_lei_complementar_0016.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16052/projeto_de_lei_complementar_0016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o lançamento de IPTU das novas unidades habitacionais e das consolidadas_x000D_
 pertencentes à primeira fase do Projeto Municipal contemplado pelo Programa Habitar Brasil - BID; sobre a isenção de cobrança de valores a título de regularização de construções; sobre a isenção de ISSQN e Taxas para o primeiro acréscimo de construção e dá outras providências.</t>
   </si>
   <si>
     <t>16053</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16053/projeto_de_lei_complementar_0017.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16053/projeto_de_lei_complementar_0017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a taxa de transferência de permissão de uso, outorgada para a realização de comércio nas feiras-livres, e dá outras providências.</t>
   </si>
   <si>
     <t>16054</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16054/projeto_de_lei_complementar_0018.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16054/projeto_de_lei_complementar_0018.pdf</t>
   </si>
   <si>
     <t>Altera a redação e suprime parágrafo único do art. 157 da Lei n° 1745, de 29.09.77 Código Tributário do Município.</t>
   </si>
   <si>
     <t>16055</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16055/projeto_de_lei_complementar_0019.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16055/projeto_de_lei_complementar_0019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de desconto para pagamento em cota única de tributos e débitos referentes ao REFIS, a atualização monetária dos valores das parcelas do REFIS e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>16056</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16056/projeto_de_lei_complementar_0020.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16056/projeto_de_lei_complementar_0020.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1º da Lei Complementar n° 422, de 17.12.03, que cria a Certificação de Desempenho para o professor alfabetizador e concede gratificação a esses professores, modificada pela Lei Complementar nº 448, de 1º.09.04.</t>
   </si>
   <si>
     <t>16057</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Gilberto Rampon</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16057/projeto_de_lei_complementar_0021.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16057/projeto_de_lei_complementar_0021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento de postos revendedores de gás natural veicular - GNV e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>16058</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16058/projeto_de_lei_complementar_0022.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16058/projeto_de_lei_complementar_0022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso de vias públicas, espaço aéreo e do subsolo para implantação e_x000D_
 passagem de equipamentos urbanos destinados à prestação de serviços de infraestrutura por entidades de direito público e privado.</t>
   </si>
   <si>
     <t>16059</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16059/projeto_de_lei_complementar_0023.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16059/projeto_de_lei_complementar_0023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a efetuar o reembolso do valor correspondente à Taxa de Expedição de Certificado de Registro de Veículo, aos proprietários de veículos com IPVA superior a um salário mínimo e com placas de outras cidades, que efetuarem a transferência para São Vicente.</t>
   </si>
   <si>
     <t>16060</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16060/projeto_de_lei_complementar_0024.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16060/projeto_de_lei_complementar_0024.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3º da Lei Complementar nº 211, de 21 .09.98, que autoriza a doação de imóvel aos movimentos populares por moradia que especifica, visando à implantação de lotes urbanizados, alterada pelas Leis Complementares nºs 215, de 11.11.98, 406, de 14.06.03, e 452, de 17.11.04.</t>
   </si>
   <si>
     <t>16061</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16061/projeto_de_lei_complementar_0025.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16061/projeto_de_lei_complementar_0025.pdf</t>
   </si>
   <si>
     <t>Altera e suprime dispositivos da Lei Complementar nº 271, de 29.12.99, que disciplina o uso e ocupação do solo do Município de São Vicente.</t>
   </si>
   <si>
     <t>16062</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16062/projeto_de_lei_complementar_0026.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16062/projeto_de_lei_complementar_0026.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3° da Lei Complementar nº 255, de 29.11.99, alterado pela Lei Complementar nº 402, de 25.04.03, que desafeta da classe dos bens de uso comum do povo e transfere para a dos bens patrimoniais do Município, áreas que especifica na Vila Jóquei Clube, e autoriza sua doação à Cooperativa Habitacional dos Servidores Públicos Municipais de São Vicente COOPHASSV e dá outras providências.</t>
   </si>
   <si>
     <t>16063</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16063/projeto_de_lei_complementar_0027.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16063/projeto_de_lei_complementar_0027.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo II da Lei Complementar n° 357, de 21.12.01, que dispõe sobre o uso de vias públicas e espaço aéreo e subterrâneo, para a realização de eventos ou para implantação e passagem de equipamentos urbanos destinados à prestação de serviços de infra-estrutura por entidades de direito público e privado.</t>
   </si>
   <si>
     <t>16064</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16064/projeto_de_lei_complementar_0028.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16064/projeto_de_lei_complementar_0028.pdf</t>
   </si>
   <si>
     <t>Altera a redação, acrescenta e suprime dispositivos da Lei nº 1745, de 29 de setembro de 1977 - Código Tributário do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>16065</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16065/projeto_de_lei_complementar_0029.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16065/projeto_de_lei_complementar_0029.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao art. 3.° da Lei Complementar n.° 430/04, que denomina "Cellula Mater da Nacionalidade" a Guarda Civil Municipal de São Vicente, altera a redação dos Anexos I, II, III e IV da Lei Complementar n.° 268/99, que dispõe sobre o Quadro de Pessoal da Prefeitura, instituí o Plano de Cargos e Carreiras e dá outras providências.</t>
   </si>
   <si>
     <t>16066</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16066/projeto_de_lei_complementar_0030.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16066/projeto_de_lei_complementar_0030.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Regime Próprio de Previdência Social de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>16067</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16067/projeto_de_lei_complementar_0031.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16067/projeto_de_lei_complementar_0031.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 268, de 28.12.99, que dispõe sobre o Quadro de Pessoal da Prefeitura, cria cargos, institui o Plano de Cargos e Carreiras e dá outras providências.</t>
   </si>
   <si>
     <t>16068</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16068/projeto_de_lei_complementar_0032.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16068/projeto_de_lei_complementar_0032.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar com a CPTM Termo de Permissão de Uso de área para a duplicação da Linha Amarela e a efetuar compensação de débitos tributários.</t>
   </si>
   <si>
     <t>16069</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16069/projeto_de_lei_complementar_0033.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16069/projeto_de_lei_complementar_0033.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos I e II da Lei Complementar n° 268, de 28.12.99, que dispõe sobre o Quadro de Pessoal da Prefeitura, cria cargos, institui o Plano de Cargos e Carreiras, e dá outras providências.</t>
   </si>
   <si>
     <t>14831</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14831/projeto_de_lei_0001.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14831/projeto_de_lei_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a premiar as escolas de samba melhor classificadas no Desfile Oficial de Carnaval de 2005.</t>
   </si>
   <si>
     <t>14832</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14832/projeto_de_lei_0002.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14832/projeto_de_lei_0002.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Lions Clube de São Vicente e com o Lar de Assistência ao Menor - LAM, visando à implantação de Unidade Básica de Saúde.</t>
   </si>
   <si>
     <t>14833</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14833/projeto_de_lei_0003.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14833/projeto_de_lei_0003.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção no valor de R$ 100.000,00 (cem mil reais) ao Hospital São José - Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>14834</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14834/projeto_de_lei_0004.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14834/projeto_de_lei_0004.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 555-A, de 17.11.97, modificada pela Lei n° 650-A, de 20.10.98, que dispõe sobre o Sistema Único de Saúde do Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>14835</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14835/projeto_de_lei_0005.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14835/projeto_de_lei_0005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Governo do Estado de São Paulo, através da Secretaria de Estado da Juventude, Esportes e Lazer, visando à transferência de recursos para a realização do IX JORI - Jogos Regionais do Idoso.</t>
   </si>
   <si>
     <t>14836</t>
   </si>
   <si>
     <t>Bozzella</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14836/projeto_de_lei_0006.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14836/projeto_de_lei_0006.pdf</t>
   </si>
   <si>
     <t>Autoriza o funcionamento de Feira de Arte e Artesanato na Praça Brasília, no Parque das Bandeiras e dá outras providências.</t>
   </si>
   <si>
     <t>14837</t>
   </si>
   <si>
     <t>OBEDES DA CUNHA</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14837/projeto_de_lei_0007.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14837/projeto_de_lei_0007.pdf</t>
   </si>
   <si>
     <t>Altera a redação e acrescenta dispositivo ao § 3.° do art. 21 da Lei n.° 486-A/97, que dispõe sobre o transporte coletivo de passageiros na modalidade lotação, estendendo o benefício da gratuidade aos patrulheiros do CAMP-RB Círculo de Amigos do Menino Patrulheiro do Jardim Rio Branco.</t>
   </si>
   <si>
     <t>14838</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14838/projeto_de_lei_0008.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14838/projeto_de_lei_0008.pdf</t>
   </si>
   <si>
     <t>Fixa o valor da tarifa do serviço de transporte coletivo de passageiros na modalidade lotação, previsto na Lei n° 486-A, de 30.05.97, e suas alterações.</t>
   </si>
   <si>
     <t>14839</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14839/projeto_de_lei_0009.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14839/projeto_de_lei_0009.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Combate à Violência contra a Mulher e dá outras providências.</t>
   </si>
   <si>
     <t>14840</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14840/projeto_de_lei_0010.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14840/projeto_de_lei_0010.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal - Supervisão da Fazenda, um Crédito Adicional Especial no valor de RS 18.083.333,33, visando atender a despesas do Fundo_x000D_
 Municipal de Saúde.</t>
   </si>
   <si>
     <t>14841</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14841/projeto_de_lei_0011.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14841/projeto_de_lei_0011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Governo do Estado de São Paulo, através da Secretaria de Estado da Juventude, Esportes e Lazer, visando à implantação do Projeto "Navega São Paulo" no Município.</t>
   </si>
   <si>
     <t>14842</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14842/projeto_de_lei_0012.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14842/projeto_de_lei_0012.pdf</t>
   </si>
   <si>
     <t>Denomina "Matteo Bei" a Escola Municipal de Educação Infantil do Parque São Vicente.</t>
   </si>
   <si>
     <t>14843</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14843/projeto_de_lei_0013.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14843/projeto_de_lei_0013.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do art. 4º da Lei nº 389-A, de 17.05.96, que cria o Conselho Municipal de Assistência Social, o Fundo Municipal de Assistência Social e dá outras providências.</t>
   </si>
   <si>
     <t>14844</t>
   </si>
   <si>
     <t>Geovane de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14844/projeto_de_lei_0014.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14844/projeto_de_lei_0014.pdf</t>
   </si>
   <si>
     <t>Proíbe a parada e o estacionamento de caminhões com mais de dois eixos na Rua Coronel José Rittes, no trecho que especifica, na Cidade Náutica III.</t>
   </si>
   <si>
     <t>14845</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14845/projeto_de_lei_0015.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14845/projeto_de_lei_0015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção no valor de RS 100.000,00 (cem mil reais) ao Hospital São José - Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>14846</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14846/projeto_de_lei_0016.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14846/projeto_de_lei_0016.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos à Lei n° 555-A, de 17.11.97, modificada pela Lei n° 650-A, de 20.10.98, e pela Lei n° 1521-A, de 23/02/2005, que dispõe sobre o Sistema Único de Saúde do Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>14847</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14847/projeto_de_lei_0017.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14847/projeto_de_lei_0017.pdf</t>
   </si>
   <si>
     <t>14848</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14848/projeto_de_lei_0018.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14848/projeto_de_lei_0018.pdf</t>
   </si>
   <si>
     <t>Denomina Papa João Paulo II a via paralela à Via Vereadora Angelina Pretti da Silva, no trecho_x000D_
 compreendido entre a Ponte Jornal A Tribuna e a Estação Ferroviária do Jardim Rio Branco.</t>
   </si>
   <si>
     <t>14849</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14849/projeto_de_lei_0019.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14849/projeto_de_lei_0019.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário oficial do Município o Concurso de Quadrilhas, a ser realizado_x000D_
 anualmente no mês de junho.</t>
   </si>
   <si>
     <t>14850</t>
   </si>
   <si>
     <t>Sargento Barreto</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14850/projeto_de_lei_0020.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14850/projeto_de_lei_0020.pdf</t>
   </si>
   <si>
     <t>Proíbe o emprego de veículos de tração animal, a condução de animais com carga e o trânsito montado nas áreas do Município e nas situações que determina, e dá outras providências.</t>
   </si>
   <si>
     <t>14851</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14851/projeto_de_lei_0021.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14851/projeto_de_lei_0021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cassação do alvará e da licença de funcionamento de estabelecimentos comerciais industriais e prestadores de serviços, nos casos que especifica, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>14852</t>
   </si>
   <si>
     <t>Fernando Bispo</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14852/projeto_de_lei_0022.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14852/projeto_de_lei_0022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praça 22 de Janeiro, pela Associação Amigos da Vila Valença, no dia 30 de abril de 2005, no período das 9 às 21 horas, para realização de evento relacionado à Prevenção e Combate à Hipertensão Arterial, Hepatite e Doenças Sexualmente Transmissíveis.</t>
   </si>
   <si>
     <t>14853</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14853/projeto_de_lei_0023.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14853/projeto_de_lei_0023.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia do Mérito do Trabalho, a ser comemorado,_x000D_
 anualmente, no dia 1.° de maio.</t>
   </si>
   <si>
     <t>14854</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14854/projeto_de_lei_0024.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14854/projeto_de_lei_0024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentarias para o Exercício Fiscal do Ano 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>14855</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14855/projeto_de_lei_0025.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14855/projeto_de_lei_0025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso l do art. 1.° da Lei n.° 1206-A/02.</t>
   </si>
   <si>
     <t>14856</t>
   </si>
   <si>
     <t>Ivan de Souza</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14856/projeto_de_lei_0026.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14856/projeto_de_lei_0026.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário oficial do Município o Dia do Sertanejo, a ser comemorado, anualmente, na primeira quinzena do mês de maio.</t>
   </si>
   <si>
     <t>14857</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14857/projeto_de_lei_0027.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14857/projeto_de_lei_0027.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3.° da Lei n.° 1536-A/05, que proíbe o emprego de veículos de tração_x000D_
 animal, a condução de animais com carga e o trânsito montado nas áreas do Município e nas_x000D_
 situações que determina, e dá outras providências.</t>
   </si>
   <si>
     <t>14858</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14858/projeto_de_lei_0028.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14858/projeto_de_lei_0028.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de áreas em feiras-livres e nas Praças Antônio_x000D_
 Carlos Brasileiro de Almeida Jobim, Barão do Rio Branco, Coronel José Lopes, Cesário Bastos, Oswaldo Cruz, 1.° de Maio, Praça H no Humaitá e Brasília no Parque das Bandeiras, pela instituição Amigos da Guarda Municipal, no período de 1.° a 30 de maio de 2005, para a instalação de barraca itinerante destinada à coleta de assinaturas a favor do Referendo sobre o Desarmamento.</t>
   </si>
   <si>
     <t>14859</t>
   </si>
   <si>
     <t>Dr.José Eduardo</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14859/projeto_de_lei_0029.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14859/projeto_de_lei_0029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a afixação de placa nos estabelecimentos hospitalares que especifica, com dizeres informando o público sobre o direito assegurado ao idoso, quando internado, ou em_x000D_
 observação, de poder contar com a presença de acompanhante.</t>
   </si>
   <si>
     <t>14860</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14860/projeto_de_lei_0030.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14860/projeto_de_lei_0030.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Festival de Bandas de São Vicente, a ser realizado_x000D_
 anualmente no mês de junho.</t>
   </si>
   <si>
     <t>14861</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14861/projeto_de_lei_0031.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14861/projeto_de_lei_0031.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com a União, por intermédio da Justiça Eleitoral, para instalação e funcionamento de Cartórios das Zonas Eleitorais e dá outras providências.</t>
   </si>
   <si>
     <t>14862</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14862/projeto_de_lei_0032.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14862/projeto_de_lei_0032.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com a SABESP - Companhia de Saneamento Básico do Estado de São Paulo, para execução de serviços de reposição e pavimentação de passeios públicos e leitos carroçáveis e dá outras providências.</t>
   </si>
   <si>
     <t>14863</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14863/projeto_de_lei_0033.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14863/projeto_de_lei_0033.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de estacionamento de bicicletas em locais abertos à frequência de público e dá outras providências.</t>
   </si>
   <si>
     <t>14864</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14864/projeto_de_lei_0034.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14864/projeto_de_lei_0034.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inserção de textos referentes aos direitos da Criança e do Adolescente em impressos emitidos pela Prefeitura Municipal de São Vicente.</t>
   </si>
   <si>
     <t>14865</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14865/projeto_de_lei_0035.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14865/projeto_de_lei_0035.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Conservação e Uso Racional da Água em Edificações e dá outras providências.</t>
   </si>
   <si>
     <t>15004</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15004/projeto_de_lei_0036.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15004/projeto_de_lei_0036.pdf</t>
   </si>
   <si>
     <t>Cria local específico de divulgação de cursos e eventos destinados aos Portadores de Deficiência Visual e dá outras providências.</t>
   </si>
   <si>
     <t>15005</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15005/projeto_de_lei_0037.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15005/projeto_de_lei_0037.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Oficina de Apoio ao Idoso, e dá outras providências.</t>
   </si>
   <si>
     <t>15006</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15006/projeto_de_lei_0038.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15006/projeto_de_lei_0038.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o incentivo fiscal para projetos que visem a difusão do esporte social no Município de São Vicente, e dá outras providências.</t>
   </si>
   <si>
     <t>15007</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15007/projeto_de_lei_0039.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15007/projeto_de_lei_0039.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a conservação e plantio de árvores em vias públicas do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>15008</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15008/projeto_de_lei_0040.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15008/projeto_de_lei_0040.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de afixação da letra do Hino Nacional Brasileiro, sua análise e interpretação, nas escolas da Rede Municipal de Ensino e dá outras providências.</t>
   </si>
   <si>
     <t>15009</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15009/projeto_de_lei_0041.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15009/projeto_de_lei_0041.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Prevenção da Síndrome de Down, Malformações Congênitas e outras doenças, e dá outras providências.</t>
   </si>
   <si>
     <t>15010</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15010/projeto_de_lei_0042.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15010/projeto_de_lei_0042.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Dia dos Patronos das Escolas Municipais de São Vicente.</t>
   </si>
   <si>
     <t>15011</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15011/projeto_de_lei_0043.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15011/projeto_de_lei_0043.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia Municipal da Caminhada e dá outras providências.</t>
   </si>
   <si>
     <t>15012</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15012/projeto_de_lei_0044.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15012/projeto_de_lei_0044.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões na Rua Alice Machado de Azevedo, na Cidade_x000D_
 Náutica.</t>
   </si>
   <si>
     <t>15013</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>José Alberto</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15013/projeto_de_lei_0045.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15013/projeto_de_lei_0045.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município a Festa Junina do Parque Continental, a ser_x000D_
 realizada, anualmente, nos meses de junho a agosto, naquele bairro.</t>
   </si>
   <si>
     <t>15014</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Mara Valeria</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15014/projeto_de_lei_0046.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15014/projeto_de_lei_0046.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização à Prefeitura Municipal de São Vicente, de realizar programa_x000D_
 preventivo do câncer de próstata aos Servidores Municipais.</t>
   </si>
   <si>
     <t>15015</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15015/projeto_de_lei_0047.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15015/projeto_de_lei_0047.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização à Prefeitura Municipal de São Vicente, de realizar programa preventivo de câncer de útero e câncer de mama para as servidoras municipais.</t>
   </si>
   <si>
     <t>15016</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15016/projeto_de_lei_0048.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15016/projeto_de_lei_0048.pdf</t>
   </si>
   <si>
     <t>inclui no Calendário Oficial do Município a Semana do Paradesporto, a ser realizada_x000D_
 anualmente, com início no último domingo do mês de setembro.</t>
   </si>
   <si>
     <t>15017</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15017/projeto_de_lei_0049.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15017/projeto_de_lei_0049.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação dos Artesãos de São Vicente, com sede neste Município.</t>
   </si>
   <si>
     <t>15018</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15018/projeto_de_lei_0050.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15018/projeto_de_lei_0050.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a renovar, por mais cinco anos, a utilização, pela Sociedade_x000D_
 Recreativa Biquinha, de área de 300 m2 localizada na Avenida Getúlio Vargas n.° 3, na Biquinha, e dá outras providências.</t>
   </si>
   <si>
     <t>15019</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15019/projeto_de_lei_0051.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15019/projeto_de_lei_0051.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia das Equipes de Resgate do Corpo de_x000D_
 Bombeiros e dá outras providências.</t>
   </si>
   <si>
     <t>15020</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15020/projeto_de_lei_0052.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15020/projeto_de_lei_0052.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de campanhas educativas contra violência à mulher.</t>
   </si>
   <si>
     <t>15021</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15021/projeto_de_lei_0053.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15021/projeto_de_lei_0053.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal do Idoso.</t>
   </si>
   <si>
     <t>15022</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15022/projeto_de_lei_0054.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15022/projeto_de_lei_0054.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "Capacitação Ocupacional e Utilidade Coletiva" - PCOUC, no Município_x000D_
 de São Vicente, e dá outras providências.</t>
   </si>
   <si>
     <t>15023</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15023/projeto_de_lei_0055.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15023/projeto_de_lei_0055.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de plantio de árvores nas esquinas onde haja semáforos, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>15024</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15024/projeto_de_lei_0056.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15024/projeto_de_lei_0056.pdf</t>
   </si>
   <si>
     <t>Institui no Município o Projeto Praia Limpa - Cidade Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>15025</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15025/projeto_de_lei_0057.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15025/projeto_de_lei_0057.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o emplacamento de bicicletas e afins no Município e dá outras providências.</t>
   </si>
   <si>
     <t>15026</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15026/projeto_de_lei_0058.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15026/projeto_de_lei_0058.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões com mais de dois eixos na Rua General Etchegoyen, esquina com a Rua Alberico Robillard de Marigny, na Vila Cascatinha.</t>
   </si>
   <si>
     <t>15027</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15027/projeto_de_lei_0059.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15027/projeto_de_lei_0059.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos incisos II e III, do § 3° e do caput do art. 3º da Lei nº 1155-A, de 16.08.02, que dispõe sobre a instituição do Selo Municipal de Acesso e a criação da Comissão Municipal de Acesso — CMA, que terá a finalidade de expedir o referido Selo.</t>
   </si>
   <si>
     <t>15028</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15028/projeto_de_lei_0060.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15028/projeto_de_lei_0060.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal- Secretaria da Fazenda, um Crédito Adicional Especial no valor de RS 1.800.000,00, visando atender a despesas do Convênio celebrado entre a Prefeitura Municipal e a União, por intermédio do Ministério da Saúde- SUS, para compra de equipamentos para o Hospital São José.</t>
   </si>
   <si>
     <t>15029</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15029/projeto_de_lei_0061.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15029/projeto_de_lei_0061.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Contabilidade Municipal - Secretaria da Fazenda, um Crédito Adicional Especial no valor de RS 14.370.000,00 (quatorze milhões, trezentos e setenta mil reais), visando atender a despesas do Convênio celebrado entre a Prefeitura Municipal e_x000D_
 a União, por intermédio do Ministério das Cidades, no âmbito do Programa Habitar Brasil / BID - Projeto Integrado de Urbanização no bairro Jóquei Clube.</t>
   </si>
   <si>
     <t>15030</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15030/projeto_de_lei_0062.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15030/projeto_de_lei_0062.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre sanções administrativas a estabelecimento bancário infrator do direito do consumidor e dá outras providências.</t>
   </si>
   <si>
     <t>15031</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15031/projeto_de_lei_0063.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15031/projeto_de_lei_0063.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Projeto Câmara nas Escolas.</t>
   </si>
   <si>
     <t>15032</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Carlos Santiago</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15032/projeto_de_lei_0064.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15032/projeto_de_lei_0064.pdf</t>
   </si>
   <si>
     <t>Altera a redação ao "caput" do art. 15 da Lei n.° 1802/79, que dispõe sobre os serviços de_x000D_
 táxis no Município e dá outras providências.</t>
   </si>
   <si>
     <t>15033</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15033/projeto_de_lei_0065.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15033/projeto_de_lei_0065.pdf</t>
   </si>
   <si>
     <t>Acrescenta § 2.° ao art. 6.° da Lei n.° 486- A/97, que dispõe sobre o transporte coletivo de passageiros na modalidade lotação e dá outras providências.</t>
   </si>
   <si>
     <t>15034</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15034/projeto_de_lei_0066.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15034/projeto_de_lei_0066.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos arts. 1.° e 2.° da Lei n.° 1468-A/04, que disciplina a utilização da Ponte Jornal A Tribuna para a atividade de pesca.</t>
   </si>
   <si>
     <t>15035</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15035/projeto_de_lei_0067.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15035/projeto_de_lei_0067.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade dos veículos utilizados no atendimento de contratos com a_x000D_
 Administração Municipal, Direta e Indireta, estarem registrados no Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>15036</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15036/projeto_de_lei_0068.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15036/projeto_de_lei_0068.pdf</t>
   </si>
   <si>
     <t>Denomina Álvaro Trevisan a Rua 4 - Símbolo 174, na Vila Nova São Vicente.</t>
   </si>
   <si>
     <t>15037</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15037/projeto_de_lei_0069.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15037/projeto_de_lei_0069.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa Diretora a permitir o uso, de dependências da Câmara Municipal, pelo BANESPA, para instalação de Posto de Atendimento Bancário, até 31 de dezembro de 2005.</t>
   </si>
   <si>
     <t>15038</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Luiz Antonio</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15038/projeto_de_lei_0070.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15038/projeto_de_lei_0070.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o Núcleo de Apoio Assistencial às Famílias dos Detentos - NAAFD, com sede neste Município.</t>
   </si>
   <si>
     <t>15039</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15039/projeto_de_lei_0071.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15039/projeto_de_lei_0071.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura a receber, extraordinariamente, nos termos que especifica, requerimentos de revisão do valor venal de imóveis para efeito de lançamento do IPTU e dá outras providências.</t>
   </si>
   <si>
     <t>15040</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15040/projeto_de_lei_0072.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15040/projeto_de_lei_0072.pdf</t>
   </si>
   <si>
     <t>15041</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15041/projeto_de_lei_0073.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15041/projeto_de_lei_0073.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Prova Oficial de Pedestrianismo da Fundação de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>15042</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15042/projeto_de_lei_0074.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15042/projeto_de_lei_0074.pdf</t>
   </si>
   <si>
     <t>Dispõe o incentivo ao município de São Vicente, a promover pesquisa para a investigação de Paternidade, através do método DNA nos casos e condições que específica.</t>
   </si>
   <si>
     <t>15043</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15043/projeto_de_lei_0075.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15043/projeto_de_lei_0075.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia da Festa de São Pedro - O Pescador, comemorado anualmente em 29 de junho.</t>
   </si>
   <si>
     <t>15044</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15044/projeto_de_lei_0076.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15044/projeto_de_lei_0076.pdf</t>
   </si>
   <si>
     <t>15045</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15045/projeto_de_lei_0077.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15045/projeto_de_lei_0077.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia do Parque São Vicente, a ser comemorado, anualmente, no dia 31 de julho.</t>
   </si>
   <si>
     <t>15046</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15046/projeto_de_lei_0078.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15046/projeto_de_lei_0078.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de atendimento preferencial a idosos, gestantes e portadores de deficiência para marcação de consultas e exames complementares na rede municipal de_x000D_
 saúde.</t>
   </si>
   <si>
     <t>15047</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15047/projeto_de_lei_0079.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15047/projeto_de_lei_0079.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia do Horto Municipal, a ser comemorado anualmente em 21 de setembro.</t>
   </si>
   <si>
     <t>15048</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15048/projeto_de_lei_0080.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15048/projeto_de_lei_0080.pdf</t>
   </si>
   <si>
     <t>Institui no Município o Dia do Judoca, a ser comemorado, anualmente, em 1.° de agosto, e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>15049</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15049/projeto_de_lei_0082.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15049/projeto_de_lei_0082.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o incentivo à doação de sangue no Município de São Vicente, através da_x000D_
 gratuidade de inscrição em Concurso Público.</t>
   </si>
   <si>
     <t>15050</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15050/projeto_de_lei_0081.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15050/projeto_de_lei_0081.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Instituto Nacional do Seguro Social - INSS, objetivando adotar procedimentos comuns para atendimento, requerimento, formalização e concessão de BPC - Benefício de Prestação Continuada.</t>
   </si>
   <si>
     <t>15051</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15051/projeto_de_lei_0083.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15051/projeto_de_lei_0083.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Grupo Hipupiara Integração e Vida -_x000D_
 Grupo HIV, visando à locação de imóvel para o funcionamento da entidade e desenvolvimento de suas atividades.</t>
   </si>
   <si>
     <t>15052</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15052/projeto_de_lei_0084.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15052/projeto_de_lei_0084.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorgar autorização para circulação de veículos de transporte coletivo de passageiros na modalidade lotação, nas condições que especifica.</t>
   </si>
   <si>
     <t>15053</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15053/projeto_de_lei_0085.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15053/projeto_de_lei_0085.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município a Festa Junina do Humaitá.</t>
   </si>
   <si>
     <t>15054</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15054/projeto_de_lei_0086.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15054/projeto_de_lei_0086.pdf</t>
   </si>
   <si>
     <t>Obriga as repartições públicas, hospitais e clínicas médicas, centros médicos e de diagnósticos, instalados no Município a colocar "banners" ou cartazes divulgando à_x000D_
 população o número do telefone, e-mail e endereço de centros de remoção de órgãos,_x000D_
 tecidos e partes do corpo humano para fins de transplante e tratamento, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>15055</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15055/projeto_de_lei_0087.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15055/projeto_de_lei_0087.pdf</t>
   </si>
   <si>
     <t>Cria o Museu do Nordestino da Cidade de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>15056</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15056/projeto_de_lei_0088.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15056/projeto_de_lei_0088.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de dispositivos para instalação de equipamento de telefonia destinado ao uso de pessoas portadoras de deficiência auditiva ou deficiência da fala em edificações que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>15057</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15057/projeto_de_lei_0089.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15057/projeto_de_lei_0089.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o emplacamento de bicicletas e afins no Município e dá outras providencias.</t>
   </si>
   <si>
     <t>15058</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15058/projeto_de_lei_0090.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15058/projeto_de_lei_0090.pdf</t>
   </si>
   <si>
     <t>Altera a redução do § 2º do art. 1º da Lei n° 1520, de 25.08.72, modificada pelas Leis n°s 1197-A, de 1°.11.02, e 1447-A, de 21.05.04, que instituiu o pagamento de um pecúlio por morte_x000D_
 do segurado da Caixa de Previdência dos Servidores Municipais de São Vicente, redenominada Caixa de Saúde e Pecúlio dos Servidores Municipais de São Vicente.</t>
   </si>
   <si>
     <t>15059</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15059/projeto_de_lei_0091.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15059/projeto_de_lei_0091.pdf</t>
   </si>
   <si>
     <t>Altera a redação, acrescenta e suprime dispositivos da Lei n° 270-A, de 22.08.94, que dispõe sobre a política municipal de atendimento e defesa dos direitos da criança e do adolescente, sobre o Conselho Tutelar e dá outras providências.</t>
   </si>
   <si>
     <t>15060</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15060/projeto_de_lei_0092.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15060/projeto_de_lei_0092.pdf</t>
   </si>
   <si>
     <t>15061</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15061/projeto_de_lei_0093.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15061/projeto_de_lei_0093.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as zonas de estacionamento rotativo de veículos no Município e dá outras providências.</t>
   </si>
   <si>
     <t>15062</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15062/projeto_de_lei_0094.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15062/projeto_de_lei_0094.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Fundo Social de Solidariedade do Estado de São Paulo - FUSSESP, objetivando o recebimento de recursos financeiros para o desenvolvimento do Projeto "Caminhos para a Cidadania".</t>
   </si>
   <si>
     <t>15063</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15063/projeto_de_lei_0095.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15063/projeto_de_lei_0095.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Governo do Estado de São Paulo, através da Secretaria de Turismo, visando à execução de obras e projetos ou à realização de eventos de natureza turística.</t>
   </si>
   <si>
     <t>15064</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15064/projeto_de_lei_0096.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15064/projeto_de_lei_0096.pdf</t>
   </si>
   <si>
     <t>15065</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15065/projeto_de_lei_0097.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15065/projeto_de_lei_0097.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio de Cooperação Sócio-Educativa com o Círculo de Amigos do Menor Patrulheiro do Rio Branco - CAMP - RB, objetivando oferecer a adolescentes com vínculo empregatício com aquela entidade, a oportunidade do exercício de atividade laborativa na Prefeitura.</t>
   </si>
   <si>
     <t>15066</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15066/projeto_de_lei_0098.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15066/projeto_de_lei_0098.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praça dos_x000D_
 Ambientalistas, no Jardim Rio Branco, pela Igreja Evangélica Assembleia de Deus, no dia_x000D_
 12 de outubro de 2006, para realização de evento evangélico.</t>
   </si>
   <si>
     <t>15067</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15067/projeto_de_lei_0099.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15067/projeto_de_lei_0099.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3.° da Lei n.° 639-A/98, que proíbe o uso e a comercialização de cerol.</t>
   </si>
   <si>
     <t>15068</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15068/projeto_de_lei_0100.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15068/projeto_de_lei_0100.pdf</t>
   </si>
   <si>
     <t>Institui a "Cãominhada em Defesa da Vida Animal" e a inclui no Calendário Oficial de eventos do Município.</t>
   </si>
   <si>
     <t>15069</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15069/projeto_de_lei_0101.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15069/projeto_de_lei_0101.pdf</t>
   </si>
   <si>
     <t>15070</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15070/projeto_de_lei_0102.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15070/projeto_de_lei_0102.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção no valor de RS 6.000,00 (seis mil reais) à Associação dos Deficientes Físicos de São Vicente, no exercício de 2005.</t>
   </si>
   <si>
     <t>15071</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15071/projeto_de_lei_0103.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15071/projeto_de_lei_0103.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Hospital São José - Santa Casa de São Vicente, visando à cessão recíproca de profissionais técnicos.</t>
   </si>
   <si>
     <t>15072</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15072/projeto_de_lei_0104.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15072/projeto_de_lei_0104.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Beneficente António Carneiro Lopes, com sede_x000D_
 neste Município.</t>
   </si>
   <si>
     <t>15073</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15073/projeto_de_lei_0105.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15073/projeto_de_lei_0105.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município a Convenção Anual da Igreja Casa da Bênção de_x000D_
 São Vicente.</t>
   </si>
   <si>
     <t>15074</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15074/projeto_de_lei_0106.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15074/projeto_de_lei_0106.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de afixação, nos estabelecimentos onde funcionam jogos de bingo, de placas com dizeres que especifica, em relação à periculosidade do jogo para a saúde.</t>
   </si>
   <si>
     <t>15075</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15075/projeto_de_lei_0107.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15075/projeto_de_lei_0107.pdf</t>
   </si>
   <si>
     <t>Regulamenta a reserva de vagas de estacionamentos para idosos e dá outras providências.</t>
   </si>
   <si>
     <t>15076</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15076/projeto_de_lei_0108.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15076/projeto_de_lei_0108.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município, o Dia da Bocha, a ser comemorado anualmente no dia 7 de setembro.</t>
   </si>
   <si>
     <t>15077</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15077/projeto_de_lei_0109.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15077/projeto_de_lei_0109.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia do Voo Livre, a ser comemorado, anualmente, em 25 de julho.</t>
   </si>
   <si>
     <t>15078</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15078/projeto_de_lei_0110.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15078/projeto_de_lei_0110.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia da Luta Livre, a ser comemorado_x000D_
 anualmente no dia 25 de julho.</t>
   </si>
   <si>
     <t>15079</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15079/projeto_de_lei_0111.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15079/projeto_de_lei_0111.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia do Escoteiro, a ser comemorado, anualmente, em 23 de abril.</t>
   </si>
   <si>
     <t>15080</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15080/projeto_de_lei_0112.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15080/projeto_de_lei_0112.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município a Semana e o Dia do Distrito da Área Continental, a serem comemorados, anualmente, no mês de abril.</t>
   </si>
   <si>
     <t>15081</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15081/projeto_de_lei_0113.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15081/projeto_de_lei_0113.pdf</t>
   </si>
   <si>
     <t>15082</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15082/projeto_de_lei_0114.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15082/projeto_de_lei_0114.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Desfile do Bloco Ba-Baianas Sem Tabuleiro, realizado anualmente no domingo de Carnaval.</t>
   </si>
   <si>
     <t>15083</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15083/projeto_de_lei_0115.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15083/projeto_de_lei_0115.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia do Catador de Material Reciclável e dá outras providências.</t>
   </si>
   <si>
     <t>15084</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15084/projeto_de_lei_0116.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15084/projeto_de_lei_0116.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia da Vila Valença, a ser comemorado anualmente em 23 de outubro.</t>
   </si>
   <si>
     <t>15085</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15085/projeto_de_lei_0117.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15085/projeto_de_lei_0117.pdf</t>
   </si>
   <si>
     <t>Institui a Copa Estudantil de Futsal, Vôlei, Handebol e Basquete e inclui o evento no Calendário Oficial do Município.</t>
   </si>
   <si>
     <t>15086</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15086/projeto_de_lei_0118.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15086/projeto_de_lei_0118.pdf</t>
   </si>
   <si>
     <t>Institui o Festival Cultural Prof. Oswaldo Névola Filho, de Literatura, Leitura e Produção de_x000D_
 Textos e dá outras providências.</t>
   </si>
   <si>
     <t>15087</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15087/projeto_de_lei_0119.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15087/projeto_de_lei_0119.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Creche Nossa Senhora de Fátima, no exercício de 2005.</t>
   </si>
   <si>
     <t>15088</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15088/projeto_de_lei_0120.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15088/projeto_de_lei_0120.pdf</t>
   </si>
   <si>
     <t>Altera a redação e acrescenta dispositivos à Lei n.° 1051-A/01, que cria no Município o_x000D_
 Programa Sócio-Educacional JEPOM - Jovens no Exercício do Programa de Orientação Municipal e autoriza o Poder Executivo a celebrar Convênios com entidades particulares, visando à sua consecução.</t>
   </si>
   <si>
     <t>15089</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15089/projeto_de_lei_0121.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15089/projeto_de_lei_0121.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município a Semana Jovem, que será realizada na primeira semana de dezembro.</t>
   </si>
   <si>
     <t>15090</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15090/projeto_de_lei_0122.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15090/projeto_de_lei_0122.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a antecipação do pagamento do 13.° salário às servidoras públicas municipais_x000D_
 gestantes e dá outras providências.</t>
   </si>
   <si>
     <t>15091</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15091/projeto_de_lei_0123.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15091/projeto_de_lei_0123.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficiai do Município a Conferência de Igrejas Brasileiras com Propósitos da Costa da Mata Atlântica, organizada pela Primeira Igreja Batista de São Vicente.</t>
   </si>
   <si>
     <t>15092</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15092/projeto_de_lei_0124.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15092/projeto_de_lei_0124.pdf</t>
   </si>
   <si>
     <t>Institui no Município o Projeto Identificação Cultural dos Bairros e dá outras providências.</t>
   </si>
   <si>
     <t>15093</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15093/projeto_de_lei_0125.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15093/projeto_de_lei_0125.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praça Brasília, no Parque das Bandeiras, pela Igreja Tabernáculo Evangélico de Jesus - Casa da Bênção, no dia 29 de outubro de 2005 para a realização da Marcha Triunfal para Cristo.</t>
   </si>
   <si>
     <t>15094</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15094/projeto_de_lei_0126.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15094/projeto_de_lei_0126.pdf</t>
   </si>
   <si>
     <t>Institui, no Município, o Projeto "São Vicente Saudável".</t>
   </si>
   <si>
     <t>15095</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15095/projeto_de_lei_0127.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15095/projeto_de_lei_0127.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o transporte coletivo de passageiros na modalidade lotação e dá outras providências.</t>
   </si>
   <si>
     <t>15096</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15096/projeto_de_lei_0128.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15096/projeto_de_lei_0128.pdf</t>
   </si>
   <si>
     <t>Autoriza o funcionamento de Praça de Alimentação na Praça Brasília, no Parque das Bandeiras e dá outras providências.</t>
   </si>
   <si>
     <t>15097</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15097/projeto_de_lei_0129.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15097/projeto_de_lei_0129.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praça Dário Aredes_x000D_
 Lacerda, no Parque das Bandeiras.</t>
   </si>
   <si>
     <t>15098</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15098/projeto_de_lei_0130.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15098/projeto_de_lei_0130.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a colocação de painéis com os nomes dos funcionários dos estabelecimentos de saúde de São Vicente.</t>
   </si>
   <si>
     <t>15099</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15099/projeto_de_lei_0131.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15099/projeto_de_lei_0131.pdf</t>
   </si>
   <si>
     <t>Disciplina a veiculação de propaganda eleitoral em muros e fachadas e dá outras providências.</t>
   </si>
   <si>
     <t>15100</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15100/projeto_de_lei_0132.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15100/projeto_de_lei_0132.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho de Defesa do Patrimônio Histórico, Artístico, Arquitetônico, Cultural e Turístico de São Vicente, e dá outras providências.</t>
   </si>
   <si>
     <t>15101</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15101/projeto_de_lei_0133.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15101/projeto_de_lei_0133.pdf</t>
   </si>
   <si>
     <t>Obriga a instalação de sanitários nas Agências Bancárias e dá outras providências.</t>
   </si>
   <si>
     <t>15102</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15102/projeto_de_lei_0134.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15102/projeto_de_lei_0134.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Fiscal do Município de São Vicente para o Exercício de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>15103</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15103/projeto_de_lei_0135.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15103/projeto_de_lei_0135.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento do Serviço de Saúde de São Vicente - SESASV para o exercício de 2005 e dá outras providências.</t>
   </si>
   <si>
     <t>15104</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15104/projeto_de_lei_0136.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15104/projeto_de_lei_0136.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento da Caixa de Saúde e Pecúlio dos Servidores Municipais de São Vicente para o exercício de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>15105</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15105/projeto_de_lei_0137.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15105/projeto_de_lei_0137.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento do Instituto de Previdência dos Servidores Municipais de São_x000D_
 Vicente para o exercício de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>15106</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15106/projeto_de_lei_0138.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15106/projeto_de_lei_0138.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento de Investimento da CODESAVI - Companhia de Desenvolvimento de São Vicente para o exercício de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>15107</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15107/projeto_de_lei_0139.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15107/projeto_de_lei_0139.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual de Investimentos do Município de São Vicente para o período de 2006 a 2009.</t>
   </si>
   <si>
     <t>15108</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15108/projeto_de_lei_0140.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15108/projeto_de_lei_0140.pdf</t>
   </si>
   <si>
     <t>15109</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15109/projeto_de_lei_0141.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15109/projeto_de_lei_0141.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município o Dia de Iemanjá, comemorado anualmente na primeira sexta-feira do mês de fevereiro.</t>
   </si>
   <si>
     <t>15110</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15110/projeto_de_lei_0142.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15110/projeto_de_lei_0142.pdf</t>
   </si>
   <si>
     <t>Cria e inclui no Calendário Oficial do Município a Semana Zumbi da Consciência Negra, que será realizada de 16 a 20 de novembro.</t>
   </si>
   <si>
     <t>15111</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15111/projeto_de_lei_0143.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15111/projeto_de_lei_0143.pdf</t>
   </si>
   <si>
     <t>Denomina Dulcemar Salvador Honorato a Rua 8 - Símbolo 229, com início na Rua_x000D_
 Antônio Pacífico - Símbolo 221 e término na Rua José Ramos de Oliveira - Símbolo 223, no Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>15112</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15112/projeto_de_lei_0144.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15112/projeto_de_lei_0144.pdf</t>
   </si>
   <si>
     <t>Denomina Dr. Domingos Antônio Stamato o prédio onde funciona o CAPS, localizado na_x000D_
 Av. Nações Unidas, esquina com a Av. Mal. Cândido Mariano da Silva Rondon, na Vila_x000D_
 Margarida.</t>
   </si>
   <si>
     <t>15113</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15113/projeto_de_lei_0145.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15113/projeto_de_lei_0145.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Humanização do Parto e dá outras providências.</t>
   </si>
   <si>
     <t>15114</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15114/projeto_de_lei_0146.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15114/projeto_de_lei_0146.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar estacionamento de bicicletas em locais abertos à frequência de público e dá outras providências.</t>
   </si>
   <si>
     <t>15115</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15115/projeto_de_lei_0147.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15115/projeto_de_lei_0147.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Programa "Capacitação Ocupacional e Utilidade Coletiva" - PCOUC, no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>15116</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15116/projeto_de_lei_0148.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15116/projeto_de_lei_0148.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir a Política Municipal do Idoso.</t>
   </si>
   <si>
     <t>15117</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15117/projeto_de_lei_0149.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15117/projeto_de_lei_0149.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder incentivo fiscal para projetos que visem à difusão do_x000D_
 esporte social no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>15118</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15118/projeto_de_lei_0150.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15118/projeto_de_lei_0150.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção de RS 20.000,00 (vinte mil reais) ao Lar das Mocas Cegas.</t>
   </si>
   <si>
     <t>15119</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15119/projeto_de_lei_0151.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15119/projeto_de_lei_0151.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de fornecimento de água potável aos frequentadores de danceterias, salões de dança e estabelecimentos similares.</t>
   </si>
   <si>
     <t>15120</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15120/projeto_de_lei_0152.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15120/projeto_de_lei_0152.pdf</t>
   </si>
   <si>
     <t>Institui o pagamento de meia entrada para professores em sessões de cinema, teatro, shows e outros eventos culturais exibidos nas salas e casas de espetáculos no município de São Vicente.</t>
   </si>
   <si>
     <t>15121</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15121/projeto_de_lei_0153.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15121/projeto_de_lei_0153.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de direitos enfitêuticos de área recebida da União em cessão sob regime de aforamento gratuito e dá outras providências.</t>
   </si>
   <si>
     <t>15122</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15122/projeto_de_lei_0154.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15122/projeto_de_lei_0154.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praça dos_x000D_
 Ambientalistas, no Jardim Rio Branco, pela empresa Parque de Diversões e Locação de_x000D_
 Pirâmides, para instalação de parque de diversões, no período que especifica.</t>
   </si>
   <si>
     <t>15123</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15123/projeto_de_lei_0155.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15123/projeto_de_lei_0155.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a doação das viaturas que menciona à Secretaria da Segurança Pública do Estado de São Paulo, e dá outras providências.</t>
   </si>
   <si>
     <t>15124</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15124/projeto_de_lei_0156.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15124/projeto_de_lei_0156.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o não pagamento de caches às agremiações estreantes no Carnaval de São Vicente.</t>
   </si>
   <si>
     <t>15125</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15125/projeto_de_lei_0157.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15125/projeto_de_lei_0157.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção no valor de R$ 130.000,00 (cento e trinta mil reais) ao Hospital São José - Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>15126</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15126/projeto_de_lei_0158.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15126/projeto_de_lei_0158.pdf</t>
   </si>
   <si>
     <t>Autoriza a Caixa de Saúde e Pecúlio dos Servidores Municipais de São Vicente a abrir Crédito Adicional Especial no valor de RS 600.000,00 (seiscentos mil reais) para suplementar as dotações que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>15127</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15127/projeto_de_lei_0159.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15127/projeto_de_lei_0159.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município a Semana de Conscientização de Inclusão de Jovens com Síndrome de Down no Mercado de Trabalho.</t>
   </si>
   <si>
     <t>15128</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15128/projeto_de_lei_0160.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15128/projeto_de_lei_0160.pdf</t>
   </si>
   <si>
     <t>Acrescenta § 2.° ao art. 4.° da Lei n.° 1585-A/05, que dispõe sobre as zonas de estacionamento rotativo de veículos no Município e dá outras providências.</t>
   </si>
   <si>
     <t>15129</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15129/projeto_de_lei_0161.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15129/projeto_de_lei_0161.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1.° da Lei n.° 1627- A/05 que inclui no Calendário Oficial do Município a Semana Jovem, que será comemorada na primeira semana de dezembro.</t>
   </si>
   <si>
     <t>15130</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15130/projeto_de_lei_0162.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15130/projeto_de_lei_0162.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio de Cooperação Técnica e Apoio Recíproco com a Empresa Metropolitana de Transportes Urbanos S/A-EMTU/SP e dá outras providências.</t>
   </si>
   <si>
     <t>15131</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15131/projeto_de_lei_0163.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15131/projeto_de_lei_0163.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a utilizar as Praias do Itararé e Gonzaguinha para a realização do Projeto Verão 2005/2006, com programações culturais, artísticas e esportivas.</t>
   </si>
   <si>
     <t>15132</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15132/projeto_de_lei_0164.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15132/projeto_de_lei_0164.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Estado de São Paulo, por intermédio da Secretaria da Segurança Pública, objetivando a conjugação de esforços por ocasião da realização de operações policiais que demandem o recebimento de reforço policial pelo_x000D_
 Município.</t>
   </si>
   <si>
     <t>15133</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15133/projeto_de_lei_0165.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15133/projeto_de_lei_0165.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com a Pastoral da Criança, visando prestar apoio às líderes desse movimento e à criação de Núcleos Multiuso para o atendimento de crianças cadastradas pela Pastoral.</t>
   </si>
   <si>
     <t>15134</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15134/projeto_de_lei_0166.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15134/projeto_de_lei_0166.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder autorização para exploração comercial do serviço de_x000D_
 monitoramento de câmeras de vídeo, através de procedimento licitatório.</t>
   </si>
   <si>
     <t>15135</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15135/projeto_de_lei_0167.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15135/projeto_de_lei_0167.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio de Cooperação Técnica com o Governo do Estado de São Paulo, através da Secretaria de Estado da Habitação, visando à execução do Programa Estadual de Regularização de Núcleos Habitacionais de Interesse Social - PRÓ_x000D_
 LAR- Regularização, no Município.</t>
   </si>
   <si>
     <t>15136</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15136/projeto_de_lei_0168.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15136/projeto_de_lei_0168.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção anual ao Lar Vicentino - Assistência à Velhice.</t>
   </si>
   <si>
     <t>15137</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15137/projeto_de_lei_0169.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15137/projeto_de_lei_0169.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Estado de São Paulo, por meio da Secretaria de Estado da Casa Civil, com assistência do Conselho Estadual de Segurança Alimentar e Nutricional Sustentável - CONSEA/SP, visando à implantação da cozinha de_x000D_
 referência em segurança alimentar e nutricional sustentável em São Vicente.</t>
   </si>
   <si>
     <t>15138</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15138/projeto_de_lei_0170.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15138/projeto_de_lei_0170.pdf</t>
   </si>
   <si>
     <t>15139</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15139/projeto_de_lei_0171.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15139/projeto_de_lei_0171.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar financiamento junto ao Banco Nacional de Desenvolvimento Econômico e Social - BNDES, através do Banco do Brasil S/A, na qualidade  de mandatário, a oferecer garantias, e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>15140</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15140/projeto_de_lei_0172.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15140/projeto_de_lei_0172.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Estado de São Paulo, por meio da Secretaria de Estado da Casa Civil, com assistência do Conselho Estadual de Segurança Alimentar e Nutricional Sustentável - CONSEA/SP, visando à implantação do Centro de_x000D_
 Referência Regional em Segurança Alimentar e Nutricional Sustentável em São Vicente.</t>
   </si>
   <si>
     <t>15141</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15141/projeto_de_lei_0173.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15141/projeto_de_lei_0173.pdf</t>
   </si>
   <si>
     <t>Denomina Eliezer Ferreira da Cunha a praça localizada na confluência das Ruas Dr. Newton Classen de Moura, Simão Jahjah e México Rossi, no Parque das Bandeiras.</t>
   </si>
   <si>
     <t>15142</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15142/projeto_de_lei_0174.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15142/projeto_de_lei_0174.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área na Praça Antônio Carlos Brasileiro de Almeida Jobim.</t>
   </si>
   <si>
     <t>15143</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15143/projeto_de_lei_0175.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15143/projeto_de_lei_0175.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação de Capacitação e Amparo ao Trabalhador São José, com sede neste Município.</t>
   </si>
   <si>
     <t>15144</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15144/projeto_de_lei_0176.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15144/projeto_de_lei_0176.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3º da Lei nº 262-A, de 21.06.94, que dispõe sobre o tráfego de veículos com cargas especiais em vias públicas do Município de São Vicente e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>15145</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15145/projeto_de_lei_0177.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15145/projeto_de_lei_0177.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1585-A, de 08.07.05, que dispõe sobre as zonas de estacionamento rotativo de veículos no Município e dá outras providências.</t>
   </si>
   <si>
     <t>15146</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15146/projeto_de_lei_0178.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15146/projeto_de_lei_0178.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 32 da Lei nº 1802, de 07.03.79, que dispõe sobre os serviços de táxis no Município e dá outras providências.</t>
   </si>
   <si>
     <t>15147</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15147/projeto_de_lei_0179.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15147/projeto_de_lei_0179.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar ao Hospital São José - Santa Casa de São Vicente a importância de U$ 300.000,00 (trezentos mil reais), a título de antecipação do recolhimento do IPVA em 2006.</t>
   </si>
   <si>
     <t>15148</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15148/projeto_de_lei_0180.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15148/projeto_de_lei_0180.pdf</t>
   </si>
   <si>
     <t>Renumera e inclui itens ao art. 1º da Lei nº 1785, de 1º.09.78, que autoriza o Poder Executivo a celebrar Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>15149</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15149/projeto_de_lei_0181.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15149/projeto_de_lei_0181.pdf</t>
   </si>
   <si>
     <t>15150</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15150/projeto_de_lei_0182.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15150/projeto_de_lei_0182.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Acordo com o Instituto de Previdência dos Servidores Municipais de São Vicente.</t>
   </si>
   <si>
     <t>15151</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15151/projeto_de_lei_0183.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15151/projeto_de_lei_0183.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir, mediante procedimento licitatório, a realização dos serviços funerários no Município.</t>
   </si>
   <si>
     <t>15152</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15152/projeto_de_lei_0184.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15152/projeto_de_lei_0184.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n° 491-A, de 09.06.97, modificada pelas Leis n°s 593-A, de 23.12.97, e 697-A, de 1º.03.99, que dispõe sobre a entrada, o trânsito e a permanência temporária de ônibus de turismo no Município e dá outras providências.</t>
   </si>
   <si>
     <t>15153</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15153/projeto_de_lei_0185.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15153/projeto_de_lei_0185.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões em toda a extensão da Rua Gabriel Lopes Pereira Filho e na Avenida Genivaldo José Damasceno, no trecho compreendido entre a Rua Particular Pedro Duarte e a Rua Gabriel Lopes Pereira Filho.</t>
   </si>
   <si>
     <t>15154</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15154/projeto_de_lei_0186.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15154/projeto_de_lei_0186.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia de Ação de Graças da Primeira Igreja Batista_x000D_
 de São Vicente, a ser comemorado, anualmente, em 22 de janeiro.</t>
   </si>
   <si>
     <t>15155</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15155/projeto_de_lei_0187.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15155/projeto_de_lei_0187.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de áreas das Praias do Itararé e_x000D_
 do Gonzaguinha, da Praça da Biquinha, da Praça das Bandeiras e da Praça Heróis de 32, nos dias 17 de dezembro de 2005, e 7, 14 e 21 de janeiro de 2006, para a divulgação do Projeto Pisando Limpo.</t>
   </si>
   <si>
     <t>15156</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15156/projeto_de_lei_0188.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15156/projeto_de_lei_0188.pdf</t>
   </si>
   <si>
     <t>Revoga os arts. 4.° e 5.° e o parágrafo único do art. 7,° da Lei n.° 1536-A/05, que proíbe o_x000D_
 emprego de veículos de tração animal, a condução de animais com carga e o trânsito montado nas áreas do Município e nas situações que determina e dá outras providências.</t>
   </si>
   <si>
     <t>15157</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15157/projeto_de_lei_0189.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15157/projeto_de_lei_0189.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Promoção da Igualdade Racial.</t>
   </si>
   <si>
     <t>15158</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15158/projeto_de_lei_0190.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15158/projeto_de_lei_0190.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com os Municípios de Santos, Guarujá e_x000D_
 Cubatão e os Ofícios de Registro de Imóveis desses Municípios, com a interveniência da_x000D_
 União, através do Ministério das Cidades e do Ministério do Planejamento, Orçamento e_x000D_
 Associação dos Notários e do Brasil ANOREG-BR, visando a regularização jurídica de _x000D_
 assentamentos informais existentes nessas localidades em terras públicas municipais, estaduais e federais, e dá outras providências.</t>
   </si>
   <si>
     <t>15159</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15159/projeto_de_lei_0191.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15159/projeto_de_lei_0191.pdf</t>
   </si>
   <si>
     <t>Autoriza o SESASV - Serviço de Saúde de São Vicente a celebrar Termo de Acordo com a Caixa de Saúde e Pecúlio dos Servidores Municipais de São Vicente.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3070,68 +3070,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16037/projeto_de_lei_complementar_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16038/projeto_de_lei_complementar_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16039/projeto_de_lei_complementar_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16040/projeto_de_lei_complementar_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16041/projeto_de_lei_complementar_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16042/projeto_de_lei_complementar_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16043/projeto_de_lei_complementar_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16044/projeto_de_lei_complementar_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16045/projeto_de_lei_complementar_0009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16046/projeto_de_lei_complementar_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16047/projeto_de_lei_complementar_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16048/projeto_de_lei_complementar_0012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16049/projeto_de_lei_complementar_0013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16050/projeto_de_lei_complementar_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16051/projeto_de_lei_complementar_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16052/projeto_de_lei_complementar_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16053/projeto_de_lei_complementar_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16054/projeto_de_lei_complementar_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16055/projeto_de_lei_complementar_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16056/projeto_de_lei_complementar_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16057/projeto_de_lei_complementar_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16058/projeto_de_lei_complementar_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16059/projeto_de_lei_complementar_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16060/projeto_de_lei_complementar_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16061/projeto_de_lei_complementar_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16062/projeto_de_lei_complementar_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16063/projeto_de_lei_complementar_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16064/projeto_de_lei_complementar_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16065/projeto_de_lei_complementar_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16066/projeto_de_lei_complementar_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16067/projeto_de_lei_complementar_0031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16068/projeto_de_lei_complementar_0032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16069/projeto_de_lei_complementar_0033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14831/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14832/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14833/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14834/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14835/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14836/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14837/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14838/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14839/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14840/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14841/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14842/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14843/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14844/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14845/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14846/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14847/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14848/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14849/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14850/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14851/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14852/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14853/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14854/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14855/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14856/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14857/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14858/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14859/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14860/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14861/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14862/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14863/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14864/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14865/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15004/projeto_de_lei_0036.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15005/projeto_de_lei_0037.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15006/projeto_de_lei_0038.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15007/projeto_de_lei_0039.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15008/projeto_de_lei_0040.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15009/projeto_de_lei_0041.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15010/projeto_de_lei_0042.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15011/projeto_de_lei_0043.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15012/projeto_de_lei_0044.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15013/projeto_de_lei_0045.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15014/projeto_de_lei_0046.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15015/projeto_de_lei_0047.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15016/projeto_de_lei_0048.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15017/projeto_de_lei_0049.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15018/projeto_de_lei_0050.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15019/projeto_de_lei_0051.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15020/projeto_de_lei_0052.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15021/projeto_de_lei_0053.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15022/projeto_de_lei_0054.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15023/projeto_de_lei_0055.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15024/projeto_de_lei_0056.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15025/projeto_de_lei_0057.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15026/projeto_de_lei_0058.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15027/projeto_de_lei_0059.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15028/projeto_de_lei_0060.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15029/projeto_de_lei_0061.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15030/projeto_de_lei_0062.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15031/projeto_de_lei_0063.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15032/projeto_de_lei_0064.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15033/projeto_de_lei_0065.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15034/projeto_de_lei_0066.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15035/projeto_de_lei_0067.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15036/projeto_de_lei_0068.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15037/projeto_de_lei_0069.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15038/projeto_de_lei_0070.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15039/projeto_de_lei_0071.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15040/projeto_de_lei_0072.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15041/projeto_de_lei_0073.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15042/projeto_de_lei_0074.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15043/projeto_de_lei_0075.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15044/projeto_de_lei_0076.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15045/projeto_de_lei_0077.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15046/projeto_de_lei_0078.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15047/projeto_de_lei_0079.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15048/projeto_de_lei_0080.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15049/projeto_de_lei_0082.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15050/projeto_de_lei_0081.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15051/projeto_de_lei_0083.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15052/projeto_de_lei_0084.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15053/projeto_de_lei_0085.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15054/projeto_de_lei_0086.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15055/projeto_de_lei_0087.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15056/projeto_de_lei_0088.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15057/projeto_de_lei_0089.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15058/projeto_de_lei_0090.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15059/projeto_de_lei_0091.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15060/projeto_de_lei_0092.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15061/projeto_de_lei_0093.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15062/projeto_de_lei_0094.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15063/projeto_de_lei_0095.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15064/projeto_de_lei_0096.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15065/projeto_de_lei_0097.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15066/projeto_de_lei_0098.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15067/projeto_de_lei_0099.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15068/projeto_de_lei_0100.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15069/projeto_de_lei_0101.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15070/projeto_de_lei_0102.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15071/projeto_de_lei_0103.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15072/projeto_de_lei_0104.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15073/projeto_de_lei_0105.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15074/projeto_de_lei_0106.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15075/projeto_de_lei_0107.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15076/projeto_de_lei_0108.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15077/projeto_de_lei_0109.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15078/projeto_de_lei_0110.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15079/projeto_de_lei_0111.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15080/projeto_de_lei_0112.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15081/projeto_de_lei_0113.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15082/projeto_de_lei_0114.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15083/projeto_de_lei_0115.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15084/projeto_de_lei_0116.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15085/projeto_de_lei_0117.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15086/projeto_de_lei_0118.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15087/projeto_de_lei_0119.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15088/projeto_de_lei_0120.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15089/projeto_de_lei_0121.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15090/projeto_de_lei_0122.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15091/projeto_de_lei_0123.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15092/projeto_de_lei_0124.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15093/projeto_de_lei_0125.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15094/projeto_de_lei_0126.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15095/projeto_de_lei_0127.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15096/projeto_de_lei_0128.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15097/projeto_de_lei_0129.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15098/projeto_de_lei_0130.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15099/projeto_de_lei_0131.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15100/projeto_de_lei_0132.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15101/projeto_de_lei_0133.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15102/projeto_de_lei_0134.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15103/projeto_de_lei_0135.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15104/projeto_de_lei_0136.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15105/projeto_de_lei_0137.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15106/projeto_de_lei_0138.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15107/projeto_de_lei_0139.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15108/projeto_de_lei_0140.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15109/projeto_de_lei_0141.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15110/projeto_de_lei_0142.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15111/projeto_de_lei_0143.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15112/projeto_de_lei_0144.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15113/projeto_de_lei_0145.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15114/projeto_de_lei_0146.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15115/projeto_de_lei_0147.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15116/projeto_de_lei_0148.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15117/projeto_de_lei_0149.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15118/projeto_de_lei_0150.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15119/projeto_de_lei_0151.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15120/projeto_de_lei_0152.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15121/projeto_de_lei_0153.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15122/projeto_de_lei_0154.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15123/projeto_de_lei_0155.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15124/projeto_de_lei_0156.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15125/projeto_de_lei_0157.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15126/projeto_de_lei_0158.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15127/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15128/projeto_de_lei_0160.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15129/projeto_de_lei_0161.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15130/projeto_de_lei_0162.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15131/projeto_de_lei_0163.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15132/projeto_de_lei_0164.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15133/projeto_de_lei_0165.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15134/projeto_de_lei_0166.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15135/projeto_de_lei_0167.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15136/projeto_de_lei_0168.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15137/projeto_de_lei_0169.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15138/projeto_de_lei_0170.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15139/projeto_de_lei_0171.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15140/projeto_de_lei_0172.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15141/projeto_de_lei_0173.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15142/projeto_de_lei_0174.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15143/projeto_de_lei_0175.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15144/projeto_de_lei_0176.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15145/projeto_de_lei_0177.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15146/projeto_de_lei_0178.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15147/projeto_de_lei_0179.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15148/projeto_de_lei_0180.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15149/projeto_de_lei_0181.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15150/projeto_de_lei_0182.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15151/projeto_de_lei_0183.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15152/projeto_de_lei_0184.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15153/projeto_de_lei_0185.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15154/projeto_de_lei_0186.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15155/projeto_de_lei_0187.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15156/projeto_de_lei_0188.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15157/projeto_de_lei_0189.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15158/projeto_de_lei_0190.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15159/projeto_de_lei_0191.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16037/projeto_de_lei_complementar_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16038/projeto_de_lei_complementar_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16039/projeto_de_lei_complementar_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16040/projeto_de_lei_complementar_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16041/projeto_de_lei_complementar_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16042/projeto_de_lei_complementar_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16043/projeto_de_lei_complementar_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16044/projeto_de_lei_complementar_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16045/projeto_de_lei_complementar_0009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16046/projeto_de_lei_complementar_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16047/projeto_de_lei_complementar_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16048/projeto_de_lei_complementar_0012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16049/projeto_de_lei_complementar_0013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16050/projeto_de_lei_complementar_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16051/projeto_de_lei_complementar_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16052/projeto_de_lei_complementar_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16053/projeto_de_lei_complementar_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16054/projeto_de_lei_complementar_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16055/projeto_de_lei_complementar_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16056/projeto_de_lei_complementar_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16057/projeto_de_lei_complementar_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16058/projeto_de_lei_complementar_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16059/projeto_de_lei_complementar_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16060/projeto_de_lei_complementar_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16061/projeto_de_lei_complementar_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16062/projeto_de_lei_complementar_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16063/projeto_de_lei_complementar_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16064/projeto_de_lei_complementar_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16065/projeto_de_lei_complementar_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16066/projeto_de_lei_complementar_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16067/projeto_de_lei_complementar_0031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16068/projeto_de_lei_complementar_0032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/16069/projeto_de_lei_complementar_0033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14831/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14832/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14833/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14834/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14835/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14836/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14837/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14838/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14839/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14840/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14841/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14842/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14843/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14844/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14845/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14846/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14847/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14848/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14849/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14850/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14851/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14852/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14853/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14854/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14855/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14856/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14857/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14858/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14859/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14860/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14861/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14862/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14863/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14864/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/14865/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15004/projeto_de_lei_0036.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15005/projeto_de_lei_0037.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15006/projeto_de_lei_0038.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15007/projeto_de_lei_0039.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15008/projeto_de_lei_0040.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15009/projeto_de_lei_0041.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15010/projeto_de_lei_0042.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15011/projeto_de_lei_0043.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15012/projeto_de_lei_0044.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15013/projeto_de_lei_0045.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15014/projeto_de_lei_0046.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15015/projeto_de_lei_0047.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15016/projeto_de_lei_0048.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15017/projeto_de_lei_0049.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15018/projeto_de_lei_0050.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15019/projeto_de_lei_0051.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15020/projeto_de_lei_0052.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15021/projeto_de_lei_0053.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15022/projeto_de_lei_0054.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15023/projeto_de_lei_0055.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15024/projeto_de_lei_0056.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15025/projeto_de_lei_0057.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15026/projeto_de_lei_0058.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15027/projeto_de_lei_0059.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15028/projeto_de_lei_0060.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15029/projeto_de_lei_0061.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15030/projeto_de_lei_0062.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15031/projeto_de_lei_0063.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15032/projeto_de_lei_0064.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15033/projeto_de_lei_0065.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15034/projeto_de_lei_0066.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15035/projeto_de_lei_0067.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15036/projeto_de_lei_0068.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15037/projeto_de_lei_0069.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15038/projeto_de_lei_0070.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15039/projeto_de_lei_0071.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15040/projeto_de_lei_0072.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15041/projeto_de_lei_0073.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15042/projeto_de_lei_0074.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15043/projeto_de_lei_0075.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15044/projeto_de_lei_0076.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15045/projeto_de_lei_0077.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15046/projeto_de_lei_0078.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15047/projeto_de_lei_0079.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15048/projeto_de_lei_0080.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15049/projeto_de_lei_0082.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15050/projeto_de_lei_0081.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15051/projeto_de_lei_0083.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15052/projeto_de_lei_0084.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15053/projeto_de_lei_0085.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15054/projeto_de_lei_0086.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15055/projeto_de_lei_0087.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15056/projeto_de_lei_0088.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15057/projeto_de_lei_0089.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15058/projeto_de_lei_0090.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15059/projeto_de_lei_0091.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15060/projeto_de_lei_0092.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15061/projeto_de_lei_0093.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15062/projeto_de_lei_0094.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15063/projeto_de_lei_0095.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15064/projeto_de_lei_0096.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15065/projeto_de_lei_0097.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15066/projeto_de_lei_0098.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15067/projeto_de_lei_0099.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15068/projeto_de_lei_0100.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15069/projeto_de_lei_0101.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15070/projeto_de_lei_0102.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15071/projeto_de_lei_0103.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15072/projeto_de_lei_0104.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15073/projeto_de_lei_0105.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15074/projeto_de_lei_0106.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15075/projeto_de_lei_0107.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15076/projeto_de_lei_0108.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15077/projeto_de_lei_0109.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15078/projeto_de_lei_0110.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15079/projeto_de_lei_0111.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15080/projeto_de_lei_0112.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15081/projeto_de_lei_0113.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15082/projeto_de_lei_0114.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15083/projeto_de_lei_0115.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15084/projeto_de_lei_0116.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15085/projeto_de_lei_0117.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15086/projeto_de_lei_0118.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15087/projeto_de_lei_0119.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15088/projeto_de_lei_0120.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15089/projeto_de_lei_0121.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15090/projeto_de_lei_0122.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15091/projeto_de_lei_0123.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15092/projeto_de_lei_0124.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15093/projeto_de_lei_0125.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15094/projeto_de_lei_0126.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15095/projeto_de_lei_0127.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15096/projeto_de_lei_0128.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15097/projeto_de_lei_0129.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15098/projeto_de_lei_0130.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15099/projeto_de_lei_0131.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15100/projeto_de_lei_0132.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15101/projeto_de_lei_0133.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15102/projeto_de_lei_0134.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15103/projeto_de_lei_0135.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15104/projeto_de_lei_0136.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15105/projeto_de_lei_0137.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15106/projeto_de_lei_0138.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15107/projeto_de_lei_0139.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15108/projeto_de_lei_0140.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15109/projeto_de_lei_0141.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15110/projeto_de_lei_0142.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15111/projeto_de_lei_0143.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15112/projeto_de_lei_0144.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15113/projeto_de_lei_0145.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15114/projeto_de_lei_0146.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15115/projeto_de_lei_0147.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15116/projeto_de_lei_0148.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15117/projeto_de_lei_0149.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15118/projeto_de_lei_0150.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15119/projeto_de_lei_0151.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15120/projeto_de_lei_0152.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15121/projeto_de_lei_0153.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15122/projeto_de_lei_0154.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15123/projeto_de_lei_0155.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15124/projeto_de_lei_0156.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15125/projeto_de_lei_0157.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15126/projeto_de_lei_0158.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15127/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15128/projeto_de_lei_0160.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15129/projeto_de_lei_0161.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15130/projeto_de_lei_0162.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15131/projeto_de_lei_0163.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15132/projeto_de_lei_0164.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15133/projeto_de_lei_0165.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15134/projeto_de_lei_0166.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15135/projeto_de_lei_0167.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15136/projeto_de_lei_0168.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15137/projeto_de_lei_0169.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15138/projeto_de_lei_0170.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15139/projeto_de_lei_0171.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15140/projeto_de_lei_0172.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15141/projeto_de_lei_0173.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15142/projeto_de_lei_0174.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15143/projeto_de_lei_0175.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15144/projeto_de_lei_0176.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15145/projeto_de_lei_0177.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15146/projeto_de_lei_0178.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15147/projeto_de_lei_0179.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15148/projeto_de_lei_0180.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15149/projeto_de_lei_0181.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15150/projeto_de_lei_0182.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15151/projeto_de_lei_0183.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15152/projeto_de_lei_0184.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15153/projeto_de_lei_0185.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15154/projeto_de_lei_0186.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15155/projeto_de_lei_0187.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15156/projeto_de_lei_0188.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15157/projeto_de_lei_0189.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15158/projeto_de_lei_0190.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2005/15159/projeto_de_lei_0191.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H225"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>