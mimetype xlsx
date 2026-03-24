--- v0 (2025-10-22)
+++ v1 (2026-03-24)
@@ -54,2664 +54,2664 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16110</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Márcio França</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16110/projeto_de_lei_complementar_0001.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16110/projeto_de_lei_complementar_0001.pdf</t>
   </si>
   <si>
     <t>Altera os anexos I e V da Lei Complementar n° 268, de 28.12.99, que dispõe sobre o Quadro de Pessoal da Prefeitura, cria cargos, institui o Plano de Cargos e Carreiras e dá outras providências.</t>
   </si>
   <si>
     <t>16111</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16111/projeto_de_lei_complementar_0002.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16111/projeto_de_lei_complementar_0002.pdf</t>
   </si>
   <si>
     <t>Prorroga até 31 de janeiro de 2003 os prazos para renovação da licença dos ambulantes, previstos no art. 275 da Lei nº 1745, de 29.09.77 - Código Tributário do Município.</t>
   </si>
   <si>
     <t>16112</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Alfredo Moura</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16112/projeto_de_lei_complementar_0003.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16112/projeto_de_lei_complementar_0003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação, no Município, de sistemas de transmissão de rádio, televisão,_x000D_
 telefonia, telecomunicação em geral e outros sistemas transmissores de radiação eletromagnética não ionizante e dá outras providências.</t>
   </si>
   <si>
     <t>16113</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16113/projeto_de_lei_complementar_0004.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16113/projeto_de_lei_complementar_0004.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os vencimentos dos servidores ocupantes de cargos de provimento efetivo do Quadro do Pessoal da Câmara Municipal de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>16114</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16114/projeto_de_lei_complementar_0005.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16114/projeto_de_lei_complementar_0005.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso II do art. 3º da Lei Complementar nº 293, de 17.10.00, que dispõe sobre a lotação de servidores do SESASV - Serviço de Saúde de São Vicente na Secretaria da Saúde do Município, institui gratificações e adicionais, extingue cargos e dá outras providências.</t>
   </si>
   <si>
     <t>16115</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Luciano Batista</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16115/projeto_de_lei_complementar_0006.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16115/projeto_de_lei_complementar_0006.pdf</t>
   </si>
   <si>
     <t>Proíbe a instalação de postos de gasolina ou bombas de abastecimento de combustível em supermercados no Município.</t>
   </si>
   <si>
     <t>16116</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16116/projeto_de_lei_complementar_0007.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16116/projeto_de_lei_complementar_0007.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao art. 251 da Lei n.° 1.745/77 - Código Tributário do Município e dá outras providências.</t>
   </si>
   <si>
     <t>16117</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16117/projeto_de_lei_complementar_0008.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16117/projeto_de_lei_complementar_0008.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3º da Lei Complementar nº 255, de 29.11.99, que desafeta da classe dos bens de uso comum do povo e transfere para a dos bens patrimoniais do Município, áreas que especifica na Vila Jóquei Clube, e autoriza sua doação à Cooperativa Habitacional dos Servidores Públicos Municipais de São Vicente COOPHASSV e dá outras providências.</t>
   </si>
   <si>
     <t>16118</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16118/projeto_de_lei_complementar_0010.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16118/projeto_de_lei_complementar_0010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reposição salarial de 7% (sete por cento) a servidores em atividade da Prefeitura e Autarquias, servidores inativos e pensionistas e a incorporação de abono; altera dispositivos da Lei Complementar n° 268/99 e dá outras providências.</t>
   </si>
   <si>
     <t>16119</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16119/projeto_de_lei_complementar_0011.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16119/projeto_de_lei_complementar_0011.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 44 e 46 da Lei Complementar nº 384, de 25.10.02, que instituí o Regime Próprio de Previdência Social de São Vicente, cria o Instituto de Previdência dos_x000D_
 Servidores Municipais de São Vicente, define sua estrutura administrativa e dá outras providências.</t>
   </si>
   <si>
     <t>16120</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16120/projeto_de_lei_complementar_0012.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16120/projeto_de_lei_complementar_0012.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1º da Lei Complementar nº 171, de 05.08.97, que cancela débitos inscritos na dívida ativa do Município, de valor inferior a R$ 20,00 (vinte reais).</t>
   </si>
   <si>
     <t>16121</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16121/projeto_de_lei_complementar_0013.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16121/projeto_de_lei_complementar_0013.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3º da Lei Complementar nº 211, de 21.09.98. que autoriza a doação de imóvel aos movimentos populares por moradia que especifica, visando à implantação_x000D_
 de lotes urbanizados.</t>
   </si>
   <si>
     <t>16122</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Carlos Roberto Gigliotti</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16122/projeto_de_lei_complementar_0014.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16122/projeto_de_lei_complementar_0014.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos à Lei Complementar n.° 395, de 23 de dezembro de 2002, que institui a cobrança da Taxa de Contribuição para Custeio de Iluminação Pública.</t>
   </si>
   <si>
     <t>16123</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Luiz Antonio</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16123/projeto_de_lei_complementar_0015.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16123/projeto_de_lei_complementar_0015.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 2.° da Lei Complementar n.° 395/02 que institui a Contribuição para_x000D_
 Custeio de Iluminação Pública e autoriza o Poder Executivo a celebrar Convênio com a_x000D_
 empresa concessionária dos serviços de energia elétrica, visando à cobrança dessa contribuição na fatura mensal de consumo de energia elétrica.</t>
   </si>
   <si>
     <t>16124</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Gilberto Rampon</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16124/projeto_de_lei_complementar_0016.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16124/projeto_de_lei_complementar_0016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da destinarão preferencial de apartamentos focalizados nos_x000D_
 pavimentos térreos dos edifícios construídos pelo Poder Público.</t>
   </si>
   <si>
     <t>16125</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16125/projeto_de_lei_complementar_0017.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16125/projeto_de_lei_complementar_0017.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei Complementar nº 147, de 02.01.97, que dispõe sobre a estrutura administrativa da Prefeitura Municipal de São Vicente.</t>
   </si>
   <si>
     <t>16126</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16126/projeto_de_lei_complementar_0018.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16126/projeto_de_lei_complementar_0018.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 18 e do Anexo VI da Lei Complementar nº 268, de 28.12.99, que dispõe sobre o Quadro de Pessoal da Prefeitura, cria cargos, institui o Plano de Cargos e Carreiras, e dá outras providências.</t>
   </si>
   <si>
     <t>16127</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16127/projeto_de_lei_complementar_0019.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16127/projeto_de_lei_complementar_0019.pdf</t>
   </si>
   <si>
     <t>Institui Programa de Recuperação Fiscal Municipal REFIS, e dá outras providências.</t>
   </si>
   <si>
     <t>16128</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16128/projeto_de_lei_complementar_0020.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16128/projeto_de_lei_complementar_0020.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3º da Lei Complementar nº 354, de 14.12.01, que dispõe sobre a desafetação e a transferência de área da classe dos bens de uso comum do povo para a_x000D_
 dos bens patrimoniais do Município, a unificação dessa área a lotes no loteamento Cidade Náutica e a autorização para concessão de direito real de uso da área unificada, nos termos da Lei Federal nº 8666/93, a entidade sem fins lucrativos que construa abrigo para idosos no local.</t>
   </si>
   <si>
     <t>16129</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16129/projeto_de_lei_complementar_0021.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16129/projeto_de_lei_complementar_0021.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput e do inciso XX e acrescenta inciso XXX ao art. 1º da Lei Complementar nº 216, de 23.08.02, que dispõe sobre o abairramento da zona urbana do Município, criando a Vila Nova Mariana.</t>
   </si>
   <si>
     <t>16136</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16136/projeto_de_lei_complementar_0023.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16136/projeto_de_lei_complementar_0023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a incidência de contribuição ao Instituto de Previdência dos Servidores_x000D_
 Municipais de São Vicente dos valores correspondentes ao abono-alimentação.</t>
   </si>
   <si>
     <t>16137</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16137/projeto_de_lei_complementar_0024.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16137/projeto_de_lei_complementar_0024.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei Complementar n.° 112, de 13 de fevereiro de 1996, que dispõe sobre a cobrança da Taxa de Vigilância Sanitária do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>16138</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16138/projeto_de_lei_complementar_0025.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16138/projeto_de_lei_complementar_0025.pdf</t>
   </si>
   <si>
     <t>Revoga o § 3° do art. 4º da Lei Complementar nº 407, de 06.06.03, que institui o Programa de Recuperação Fiscal Municipal - REFIS e dá outras providências.</t>
   </si>
   <si>
     <t>16139</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16139/projeto_de_lei_complementar_0026.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16139/projeto_de_lei_complementar_0026.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Complementar n.° 203, de 24 de abril de 1998, que autoriza o Poder Executivo a aprovar projeto de construção que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>16140</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16140/projeto_de_lei_complementar_0027.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16140/projeto_de_lei_complementar_0027.pdf</t>
   </si>
   <si>
     <t>16141</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16141/projeto_de_lei_complementar_0028.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16141/projeto_de_lei_complementar_0028.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei n.° 1745/77 - Código Tributário do Município.</t>
   </si>
   <si>
     <t>16142</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16142/projeto_de_lei_complementar_0029.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16142/projeto_de_lei_complementar_0029.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alienar, nas condições que especifica , seus direitos existentes em razão de execuções fiscais ajuizadas ou créditos relativos a dívidas de contribuintes, devidamente inscritas.</t>
   </si>
   <si>
     <t>16143</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16143/projeto_de_lei_complementar_0030.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16143/projeto_de_lei_complementar_0030.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento parcelado e sem multa e acréscimos de tributos lançados para o exercício de 2003, nas condições que especifica.</t>
   </si>
   <si>
     <t>16144</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16144/projeto_de_lei_complementar_0031.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16144/projeto_de_lei_complementar_0031.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput do art. 177 da Lei n° 1745, de 29.09.77 Código Tributário do Município.</t>
   </si>
   <si>
     <t>16145</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16145/projeto_de_lei_complementar_0032.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16145/projeto_de_lei_complementar_0032.pdf</t>
   </si>
   <si>
     <t>Cria a "'Certificação de Desempenho" para o professor alfabetizador da 1ª série do Ensino Fundamenta l do Sistema de Ensino Municipal ou Municipalizado e concede gratificação a esses professores.</t>
   </si>
   <si>
     <t>16146</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16146/projeto_de_lei_complementar_0033.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16146/projeto_de_lei_complementar_0033.pdf</t>
   </si>
   <si>
     <t>Denomina "Cellula Mater da Nacionalidade" a Guarda Civil Municipal de São Vicente, altera a redação dos Anexos I, II, III e IV da Lei Complementar nº 268, de 28.12.99, que dispõe sobre o Quadro de Pessoal da Prefeitura, institui o Plano de Cargos e Carreiras e dá outras providências.</t>
   </si>
   <si>
     <t>16147</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16147/projeto_de_lei_complementar_0034.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16147/projeto_de_lei_complementar_0034.pdf</t>
   </si>
   <si>
     <t>Cria cargos na Supervisão das Administrações Regionais.</t>
   </si>
   <si>
     <t>16148</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16148/projeto_de_lei_complementar_0035.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16148/projeto_de_lei_complementar_0035.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a aprovar o projeto arquitetônico e urbanístico e de construção do Conjunto Habitacional São Vicente - F, da CDHU Companhia de Desenvolvimento habitacional e Urbano do Estado de São Paulo, localizado no México 70, Vila Margarida.</t>
   </si>
   <si>
     <t>16149</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16149/projeto_de_lei_complementar_0036.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16149/projeto_de_lei_complementar_0036.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 46-A, de 26.08.91, que estabelece exigências para a aprovação de projetos de edificação nos morros da cidade.</t>
   </si>
   <si>
     <t>16150</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16150/projeto_de_lei_complementar_0037.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16150/projeto_de_lei_complementar_0037.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1745/77 - Código Tributário do Município e dá outras providências.</t>
   </si>
   <si>
     <t>16151</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16151/projeto_de_lei_complementar_0038.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16151/projeto_de_lei_complementar_0038.pdf</t>
   </si>
   <si>
     <t>Altera a redação e acrescenta dispositivos à Lei Complementar nº 271, de 29.12.99, que disciplina o uso e ocupação do solo do Município de São Vicente.</t>
   </si>
   <si>
     <t>16152</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16152/projeto_de_lei_complementar_0039.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16152/projeto_de_lei_complementar_0039.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos I, III, TV e V da Lei Complementar n° 268, de 28.12.99, que dispõe sobre o Quadro de Pessoal da Prefeitura, cria cargos, institui Plano de Cargos e Carreiras, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>16153</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16153/projeto_de_lei_complementar_0040.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16153/projeto_de_lei_complementar_0040.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso VII e do Parágrafo único e acrescenta incisos VIII c IX ao art. 19 da Lei Complementar nº 147, de 02.01.97, que dispõe sobre a estrutura administrativa da Prefeitura Municipal de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>16154</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16154/projeto_de_lei_complementar_0041.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16154/projeto_de_lei_complementar_0041.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento parcelado do ITBI Imposto Sobro Transmissão inter-vivos" de Bens Imóveis, nas condições que especifica.</t>
   </si>
   <si>
     <t>16155</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16155/projeto_de_lei_complementar_0042.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16155/projeto_de_lei_complementar_0042.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos valores de tributos, faixas de tribulação e multas de qualquer natureza, previstos na legislação municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>16156</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Fernando Bispo</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16156/projeto_de_lei_complementar_0043.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16156/projeto_de_lei_complementar_0043.pdf</t>
   </si>
   <si>
     <t>Isenta do pagamento do Imposto Predial e Territorial Urbano os templos de qualquer culto.</t>
   </si>
   <si>
     <t>14286</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Carlos Santiago</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14286/projeto_de_lei_0001.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14286/projeto_de_lei_0001.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 4.° da Lei n.° 252-A, de 19/5/1994, que dispõe sobre o transporte coletivo de escolares no Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>14287</t>
   </si>
   <si>
     <t>José Valter dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14287/projeto_de_lei_0002.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14287/projeto_de_lei_0002.pdf</t>
   </si>
   <si>
     <t>Denomina Genésio Rodrigues Montai vão a Rua 44, Símbolo 271, com início na Rua Oliviério Pierotti, Símbolo 255 e término na Rua 33, Símbolo 258, no Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>14288</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14288/projeto_de_lei_0003.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14288/projeto_de_lei_0003.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção anual de RS 10.000,00 ao Lar Espírita Mensageiros da Luz.</t>
   </si>
   <si>
     <t>14289</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14289/projeto_de_lei_0004.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14289/projeto_de_lei_0004.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Cooperação com a Associação Comunidade de Mãos Dadas, a Vara da Infância e da Juventude da Comarca e o Ministério Público do Estado de São Paulo, através da Promotoria da Infância e da Juventude, visando à informatização dos serviços existentes 110 Município na área do atendimento à criança, ao adolescente e à família.</t>
   </si>
   <si>
     <t>14290</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14290/projeto_de_lei_0005.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14290/projeto_de_lei_0005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção de R$ 50.000,00 (cinquenta mil reais) ao Hospital São José - Santa Casa de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>14291</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14291/projeto_de_lei_0006.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14291/projeto_de_lei_0006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o instituto de Previdência dos Servidores Municipais de São Vicente, visando à cessão recíproca de servidores públicos municipais.</t>
   </si>
   <si>
     <t>14292</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14292/projeto_de_lei_0007.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14292/projeto_de_lei_0007.pdf</t>
   </si>
   <si>
     <t>Transforma em área de circulação de pedestres a Rua 57, no bairro Humaitá.</t>
   </si>
   <si>
     <t>14293</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14293/projeto_de_lei_0008.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14293/projeto_de_lei_0008.pdf</t>
   </si>
   <si>
     <t>Denomina Yolanda Domingues da Silva a Rua 52 - Símbolo 280, com início na Rua 43 - Símbolo 270 e término na Rua 49 - Símbolo 277, no Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>14294</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14294/projeto_de_lei_0009.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14294/projeto_de_lei_0009.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Prevenção à Gravidez na Adolescência, realizada anualmente na segunda semana do mês de outubro.</t>
   </si>
   <si>
     <t>14295</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14295/projeto_de_lei_0010.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14295/projeto_de_lei_0010.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover anualmente, na data de 13 de maio, concurso de redação entre os alunos da rede pública municipal com tema relacionado à discriminação racial e o exercício da cidadania e dá outras providências.</t>
   </si>
   <si>
     <t>14296</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14296/projeto_de_lei_0011.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14296/projeto_de_lei_0011.pdf</t>
   </si>
   <si>
     <t>Denomina Luiz Varela Guimarães o Projeto que está sendo desenvolvido na Área Continental do Município destinado à preservação do meio ambiente.</t>
   </si>
   <si>
     <t>14297</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14297/projeto_de_lei_0012.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14297/projeto_de_lei_0012.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1.° da Lei n.° 1220-Ay02, que denomina Maria de Lourdes Batista a Escola Municipal de Ensino Fundamental e Médio do Parque São Vicente.</t>
   </si>
   <si>
     <t>14298</t>
   </si>
   <si>
     <t>José  Soares</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14298/projeto_de_lei_0013.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14298/projeto_de_lei_0013.pdf</t>
   </si>
   <si>
     <t>Permite, excepcionalmente, a redução do valor da taxa para transferência da autorização para execução do serviço de transporte coletivo de passageiros por lotação, mencionada no art 7.° da Lei n.° 486-A/97, nas condições que especifica.</t>
   </si>
   <si>
     <t>14299</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14299/projeto_de_lei_0014.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14299/projeto_de_lei_0014.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal dos Direitos da Mulher CMDM e dá outras providências.</t>
   </si>
   <si>
     <t>14300</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14300/projeto_de_lei_0015.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14300/projeto_de_lei_0015.pdf</t>
   </si>
   <si>
     <t>Denomina Francisco Alves de Moura a Rua 39 - Símbolo 265, no Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>14301</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14301/projeto_de_lei_0016.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14301/projeto_de_lei_0016.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município o Dia do Bairro Catiapoã, a ser comemorado_x000D_
 anualmente em 24 de outubro.</t>
   </si>
   <si>
     <t>14302</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14302/projeto_de_lei_0017.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14302/projeto_de_lei_0017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção no valor de RS 100.000,00 (cem mil reais) ao Hospital São José - Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>14303</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14303/projeto_de_lei_0018.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14303/projeto_de_lei_0018.pdf</t>
   </si>
   <si>
     <t>institui o Dia Municipal de Diagnóstico e Prevenção da Osteoporose, a ser realizado anualmente em 20 de outubro.</t>
   </si>
   <si>
     <t>14305</t>
   </si>
   <si>
     <t>Roberto Rocha</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14305/projeto_de_lei_0019.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14305/projeto_de_lei_0019.pdf</t>
   </si>
   <si>
     <t>Denomina Maximino Bispo o Conjunto Habitacional construído através do Programa Habitar-Brasil/BID Subprograma UAS, no Dique Sambaiatuba, na Vila Jóquei Clube.</t>
   </si>
   <si>
     <t>14306</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14306/projeto_de_lei_0020.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14306/projeto_de_lei_0020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cassação de alvarás de funcionamento de estabelecimentos comerciais que venham a praticar discriminação incompatíveis com o princípio da isonomia.</t>
   </si>
   <si>
     <t>14312</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14312/projeto_de_lei_0021.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14312/projeto_de_lei_0021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com a Universidade Católica de Santos, visando à realização de estágios supervisionados, não remunerados, por alunos matriculados na Faculdade de Filosofia, Ciências e Letras.</t>
   </si>
   <si>
     <t>14313</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14313/projeto_de_lei_0022.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14313/projeto_de_lei_0022.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de Feira de Artesanato na Praça Símbolo 107, no Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>14314</t>
   </si>
   <si>
     <t>Bozzella</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14314/projeto_de_lei_0023.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14314/projeto_de_lei_0023.pdf</t>
   </si>
   <si>
     <t>Autoriza o funcionamento de Feira de Artesanato na Praia do Itararé ao lado do PIT - Posto de Informações Turística.</t>
   </si>
   <si>
     <t>14315</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14315/projeto_de_lei_0024.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14315/projeto_de_lei_0024.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Missão Evangélica de Assistência à Vida Terra da Promessa.</t>
   </si>
   <si>
     <t>14316</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14316/projeto_de_lei_0025.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14316/projeto_de_lei_0025.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Prevenção de Acidentes Domésticos, a ser realizada anualmente, na primeira semana do mês de setembro.</t>
   </si>
   <si>
     <t>14317</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14317/projeto_de_lei_0026.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14317/projeto_de_lei_0026.pdf</t>
   </si>
   <si>
     <t>Revoga os artigos 1º a 5º da Lei nº 991-A, de 3 de julho de 2001, que dispõe sobre a regulamentação de publicações oficiais e não-oficiais de qualquer natureza no Município e dá outras providências.</t>
   </si>
   <si>
     <t>14318</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14318/projeto_de_lei_0027.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14318/projeto_de_lei_0027.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorgar a concessão de uso dos espaços dos Quiosques 1 e 2 da plataforma de lazer e pesca da Avenida Getúlio Vargas, para utilização comercial.</t>
   </si>
   <si>
     <t>14319</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14319/projeto_de_lei_0028.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14319/projeto_de_lei_0028.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termos de Parceria com entidades qualificadas como Organizações da Sociedade Civil de Interesse Público - OSCIPs, nas áreas da saúde, cultura, esporte, serviço social, educação, geração de emprego e qualificação profissional.</t>
   </si>
   <si>
     <t>14320</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14320/projeto_de_lei_0029.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14320/projeto_de_lei_0029.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de Exposição de Quadros na Praça do Maçon no Gonzaguinha.</t>
   </si>
   <si>
     <t>14321</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14321/projeto_de_lei_0030.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14321/projeto_de_lei_0030.pdf</t>
   </si>
   <si>
     <t>Proíbe o corte no fornecimento de energia elétrica no âmbito do Município de São Vicente e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>14322</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14322/projeto_de_lei_0031.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14322/projeto_de_lei_0031.pdf</t>
   </si>
   <si>
     <t>Proíbe o corte no fornecimento de energia elétrica no âmbito do Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>14323</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14323/projeto_de_lei_0032.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14323/projeto_de_lei_0032.pdf</t>
   </si>
   <si>
     <t>Desafeta área da classe dos bens de uso comum do povo na Vila Voturuá, transfere para a dos bens de uso especial do Município e dá outras providências.</t>
   </si>
   <si>
     <t>14324</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14324/projeto_de_lei_0033.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14324/projeto_de_lei_0033.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção no valor de R$ 2.000,00 (dois mil reais) à Associação dos Deficientes Físicos de São Vicente, no exercício de 2003.</t>
   </si>
   <si>
     <t>14325</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14325/projeto_de_lei_0034.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14325/projeto_de_lei_0034.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exigência das placas de inauguração de obras públicas conterem os nomes do Prefeito e de todos os Vereadores da Câmara Municipal de São Vicente.</t>
   </si>
   <si>
     <t>14326</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14326/projeto_de_lei_0035.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14326/projeto_de_lei_0035.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único do art. 1.° Lei n.° 1206-A, de 11.12.02 que dispõe sobre a_x000D_
 prática de esportes nas praias do Município, permitindo a prática de esportes na Praia do_x000D_
 Itararé, no trecho da Pedra da Feiticeira ao Teleférico.</t>
   </si>
   <si>
     <t>14327</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14327/projeto_de_lei_0036.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14327/projeto_de_lei_0036.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de feira-livre na Rua Aviador Edu Chaves, no Japuí.</t>
   </si>
   <si>
     <t>14328</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14328/projeto_de_lei_0037.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14328/projeto_de_lei_0037.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção no valor de R$ 100.000,00 (cem mil reais) ao Hospital São José - Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>14329</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14329/projeto_de_lei_0038.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14329/projeto_de_lei_0038.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a premiar as escolas de samba melhor classificadas no Desfile Oficial de Carnaval de 2003.</t>
   </si>
   <si>
     <t>14330</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14330/projeto_de_lei_0039.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14330/projeto_de_lei_0039.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Fiscal do Ano 2004 e dá outras providências.</t>
   </si>
   <si>
     <t>14331</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14331/projeto_de_lei_0040.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14331/projeto_de_lei_0040.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 2.° do art. 6.° da Lei n.° 991-A/01, que dispõe sobre a regulamentação_x000D_
 de publicações oficiais e não-oficiais de qualquer natureza no Município e dá outras providências.</t>
   </si>
   <si>
     <t>14332</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14332/projeto_de_lei_0041.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14332/projeto_de_lei_0041.pdf</t>
   </si>
   <si>
     <t>Autoriza o comércio ambulante nos bairros da Área Continental do Município e dá outras providências.</t>
   </si>
   <si>
     <t>14333</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14333/projeto_de_lei_0042.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14333/projeto_de_lei_0042.pdf</t>
   </si>
   <si>
     <t>Institui no Município o Dia do Ambulante, a ser comemorado anualmente em 1.° de maio.</t>
   </si>
   <si>
     <t>14334</t>
   </si>
   <si>
     <t>Paulinho Alfaiate</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14334/projeto_de_lei_0043.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14334/projeto_de_lei_0043.pdf</t>
   </si>
   <si>
     <t>Institui a meia-entrada para professores da rede pública municipal de ensino nos estabelecimentos que proporcionem lazer e entretenimento.</t>
   </si>
   <si>
     <t>14335</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14335/projeto_de_lei_0044.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14335/projeto_de_lei_0044.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Pastoral da Criança de São Vicente.</t>
   </si>
   <si>
     <t>14336</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14336/projeto_de_lei_0045.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14336/projeto_de_lei_0045.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com a Secretaria de Estado de Economia e Planejamento, através da Coordenadoria de Articulação e Planejamento Regional,_x000D_
 objetivando a execução de obras de infra-estrutura urbana na Avenida Sen. Salgado Filho, Vila Jóquéi Clube.</t>
   </si>
   <si>
     <t>14337</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14337/projeto_de_lei_0046.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14337/projeto_de_lei_0046.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da instalação de hidrômetros individuais em prédios de_x000D_
 apartamentos.</t>
   </si>
   <si>
     <t>14338</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14338/projeto_de_lei_0047.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14338/projeto_de_lei_0047.pdf</t>
   </si>
   <si>
     <t>Denomina José Oliveira Lacerda a Rua 38 - Mecanizada 1861, com início na Avenida Paschoal Gzebien - Mecanizada 1816 e término na Alameda Hugo Ventura Mecanizada 1817, no Parque Continental.</t>
   </si>
   <si>
     <t>14339</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14339/projeto_de_lei_0048.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14339/projeto_de_lei_0048.pdf</t>
   </si>
   <si>
     <t>Denomina João do Carmo Filho a Rua 40 - Mecanizada 1S63, com início na Avenida_x000D_
 Paschoal Gzebien - Mecanizada 1816 e término na Alameda Hugo Ventura - Mecanizada 1817, no Parque Continental.</t>
   </si>
   <si>
     <t>14340</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14340/projeto_de_lei_0049.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14340/projeto_de_lei_0049.pdf</t>
   </si>
   <si>
     <t>Denomina Manuel Nieves Gonzalez a Rua 17 - Mecanizada 1839, com início na Alameda 2 - Mecanizada 1820 e término na Avenida Cellula Mater - Mecanizada 1818, no Parque Continental.</t>
   </si>
   <si>
     <t>14341</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14341/projeto_de_lei_0050.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14341/projeto_de_lei_0050.pdf</t>
   </si>
   <si>
     <t>Denomina Mário Fernandes a Rua Símbolo 158, com início na Avenida Dona Anita Costa e término no Sopé do Morro na lateral da Quadra 6, na Vila Voturuá.</t>
   </si>
   <si>
     <t>14342</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14342/projeto_de_lei_0051.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14342/projeto_de_lei_0051.pdf</t>
   </si>
   <si>
     <t>Denomina Sebastião Augusto tia Silva a Praça 45 - Símbolo 239, que confronta com os alinhamentos da Rua Osny de Lima Carvalho, da Rua I, da Rua José dos Santos Fonseca e da Rua Alfredo das Neves, no Humaitá.</t>
   </si>
   <si>
     <t>14343</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14343/projeto_de_lei_0052.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14343/projeto_de_lei_0052.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Pais e Filhos, a ser comemorada anualmente a partir do 2.° domingo do mês de agosto.</t>
   </si>
   <si>
     <t>14344</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14344/projeto_de_lei_0053.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14344/projeto_de_lei_0053.pdf</t>
   </si>
   <si>
     <t>Institui no Município o Festival do Moto Rock a ser realizado anualmente nos meses de junho e julho.</t>
   </si>
   <si>
     <t>14345</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14345/projeto_de_lei_0054.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14345/projeto_de_lei_0054.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder cestas básicas, a título de prêmio-assiduidade, aos servidores ativos da Prefeitura e Autarquias, e aos inativos, pensionistas e empregados_x000D_
 contratados temporariamente.</t>
   </si>
   <si>
     <t>14346</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14346/projeto_de_lei_0055.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14346/projeto_de_lei_0055.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput e do parágrafo único do art. 2º da Lei nº 860-A, de 20.06.00, que dispõe sobre a nomeação dos Presidentes e Suplentes das JARIs Municipais, fixa_x000D_
 remuneração a título pró labore e estabelece condições para a percepção dessa remuneração.</t>
   </si>
   <si>
     <t>14347</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14347/projeto_de_lei_0056.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14347/projeto_de_lei_0056.pdf</t>
   </si>
   <si>
     <t>Denomina Manoel Bento Rabelo o Centro Comunitário do Dique Sambaiatuba.</t>
   </si>
   <si>
     <t>14348</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Geovane de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14348/projeto_de_lei_0057.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14348/projeto_de_lei_0057.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a demarcação de áreas exclusivas de estacionamento de veículos defronte da Igreja Universal, localizada na Rua Campos Salles.</t>
   </si>
   <si>
     <t>14349</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14349/projeto_de_lei_0058.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14349/projeto_de_lei_0058.pdf</t>
   </si>
   <si>
     <t>Altera a redação do "caput" do art. 1.° e do inciso III do art. 13 da Lei n.° 486-A/97, que dispõe sobre o serviço de transporte coletivo de passageiros na modalidade lotação e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>14350</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14350/projeto_de_lei_0059.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14350/projeto_de_lei_0059.pdf</t>
   </si>
   <si>
     <t>Acrescenta §§ 1º, 2º e 3º ao art. 2º da Lei nº 1056-A, de 26.12.01, que autoriza o Poder Executivo a celebrar Convênio com a Câmara Municipal de São Vicente, visando à cessão_x000D_
 recíproca de servidores públicos municipais.</t>
   </si>
   <si>
     <t>14351</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14351/projeto_de_lei_0060.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14351/projeto_de_lei_0060.pdf</t>
   </si>
   <si>
     <t>Denomina Edemir de Matos Fernandes - Nino Maios, o Píer localizado no cruzamento da Av._x000D_
 Embaixador Pedro de Toledo com a Rua Amador Bueno da Ribeira, defronte da Praça Heróis de 32.</t>
   </si>
   <si>
     <t>14352</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14352/projeto_de_lei_0061.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14352/projeto_de_lei_0061.pdf</t>
   </si>
   <si>
     <t>Institui, no Município, a Semana de Prevenção à Anemia Falciforme.</t>
   </si>
   <si>
     <t>14353</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14353/projeto_de_lei_0062.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14353/projeto_de_lei_0062.pdf</t>
   </si>
   <si>
     <t>14354</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14354/projeto_de_lei_0063.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14354/projeto_de_lei_0063.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de espaço físico no Centro Municipal de Educação Supletiva à_x000D_
 UNIFRAN Universidade de Franca, objetivando a realização de Curso de Formação de Gestores para elaboração do Plano Municipal de Educação.</t>
   </si>
   <si>
     <t>14355</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14355/projeto_de_lei_0064.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14355/projeto_de_lei_0064.pdf</t>
   </si>
   <si>
     <t>Estabelece no Município a obrigatoriedade de afixar placas de 30 cm x 30 cm, em todas as_x000D_
 farmácias e drogarias, em local visível do estabelecimento, com a mensagem "A automedicação coloca em risco sua saúde e até sua vida".</t>
   </si>
   <si>
     <t>14356</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14356/projeto_de_lei_0065.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14356/projeto_de_lei_0065.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a AMANDA - Arregimentação de Mulheres - Assistência, Negócios, Desenvolvimento e Atualização.</t>
   </si>
   <si>
     <t>14357</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14357/projeto_de_lei_0066.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14357/projeto_de_lei_0066.pdf</t>
   </si>
   <si>
     <t>Institui no Município a Semana de Valorização da Vida, a ser realizada anualmente, de 1.° a 7 de outubro, como forma de provocar a reflexão na comunidade sobre o problema do_x000D_
 consumo de drogas.</t>
   </si>
   <si>
     <t>14358</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14358/projeto_de_lei_0067.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14358/projeto_de_lei_0067.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar no exercício de 2004, a título de subvenção ao Hospital São José - Santa Casa de São Vicente, o valor total de sua cota parte do IPVA - Imposto Sobre a Propriedade de Veículos Automotores, nas condições que especifica.</t>
   </si>
   <si>
     <t>14359</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14359/projeto_de_lei_0068.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14359/projeto_de_lei_0068.pdf</t>
   </si>
   <si>
     <t>Denomina João Vieira Júnior a Sala de Comunicação do Centro de Convenções, em São_x000D_
 Vicente.</t>
   </si>
   <si>
     <t>14360</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14360/projeto_de_lei_0069.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14360/projeto_de_lei_0069.pdf</t>
   </si>
   <si>
     <t>Institui o Dia dos Músicos, a ser comemorado anualmente em 22 de novembro.</t>
   </si>
   <si>
     <t>14361</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14361/projeto_de_lei_0070.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14361/projeto_de_lei_0070.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso a título precário, de área da Praça Antônio Carlos Brasileiro de Almeida Jobim - Tom Jobim, pelo Ministério Evangélico Assembleia de Deus Vida Nova: no dia 27 de julho de 2003, das 18 às 22 horas, para apresentação de bandas gospel.</t>
   </si>
   <si>
     <t>14362</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14362/projeto_de_lei_0071.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14362/projeto_de_lei_0071.pdf</t>
   </si>
   <si>
     <t>Denomina José Otávio de Andrade a Avenida 2 - Mecanizada 1820, no Parque Continental.</t>
   </si>
   <si>
     <t>14363</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14363/projeto_de_lei_0072.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14363/projeto_de_lei_0072.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de inscrição de frase referente a vaga de estacionamento destinada a portadores de deficiência em folhetos publicados ou distribuídos por supermercados no Município.</t>
   </si>
   <si>
     <t>14364</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14364/projeto_de_lei_0073.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14364/projeto_de_lei_0073.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o Motors Vivos Moto Clube de São Vicente.</t>
   </si>
   <si>
     <t>14365</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14365/projeto_de_lei_0074.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14365/projeto_de_lei_0074.pdf</t>
   </si>
   <si>
     <t>Altera a redação e acrescenta dispositivos à Lei n.° 486-A/97, que dispõe sobre o serviço de transporte coletivo de passageiros na modalidade lotação e dá outras providências.</t>
   </si>
   <si>
     <t>14366</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14366/projeto_de_lei_0075.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14366/projeto_de_lei_0075.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei n.° 1.209-A/02, que institui, no Município, a Semana de Doação de Sangue.</t>
   </si>
   <si>
     <t>14367</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14367/projeto_de_lei_0076.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14367/projeto_de_lei_0076.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a demarcação de áreas exclusivas de estacionamento de veículos defronte das Igrejas de qualquer crença, localizadas no Município.</t>
   </si>
   <si>
     <t>14368</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14368/projeto_de_lei_0077.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14368/projeto_de_lei_0077.pdf</t>
   </si>
   <si>
     <t>Denomina Salomão Malina o Conjunto Habitacional do Canal do Meio, localizado entre a Rua_x000D_
 Alcides Alves de Carvalho, a Rua 38 - Mecanizada 1999, a Rua 33 - Mecanizada 1527 e a Avenida Brasil - Mecanizada 1530, na Vila Margarida.</t>
   </si>
   <si>
     <t>14369</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14369/projeto_de_lei_0078.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14369/projeto_de_lei_0078.pdf</t>
   </si>
   <si>
     <t>14370</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14370/projeto_de_lei_0079.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14370/projeto_de_lei_0079.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio de cidades-irmãs entre São Vicente Brasil e o Distrito de Dmitrovski, da Região de Moscou - Rússia.</t>
   </si>
   <si>
     <t>14371</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14371/projeto_de_lei_0080.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14371/projeto_de_lei_0080.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Tribunal de Justiça do Estado de São Paulo, através do Fórum da Comarca de São Vicente, tendo por objeto a cessão de servidores públicos municipais àquele órgão.</t>
   </si>
   <si>
     <t>14372</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14372/projeto_de_lei_0081.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14372/projeto_de_lei_0081.pdf</t>
   </si>
   <si>
     <t>Reduz em 50% (cinquenta por cento) as contribuições dos servidores inscritos na Caixa de Saúde e Pecúlio dos Servidores Municipais de São Vicente e dispõe sobre a contribuição_x000D_
 dos dependentes.</t>
   </si>
   <si>
     <t>14373</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14373/projeto_de_lei_0082.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14373/projeto_de_lei_0082.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção de R$ 1.000.000,00 (um milhão de reais) ao Hospital São José - Santa Casa de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>14374</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14374/projeto_de_lei_0083.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14374/projeto_de_lei_0083.pdf</t>
   </si>
   <si>
     <t>Denomina Ivan Arruda Alvarez a Rua 47 - Símbolo 275, com início na Rua Cremiro Azevedo - Símbolo 260 e término na Avenida Prof. José de Almeida Pinheiro Júnior, Símbolo 220, no Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>14375</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14375/projeto_de_lei_0084.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14375/projeto_de_lei_0084.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exigência das placas de inauguração de obras públicas conterem os nomes do Prefeito e de todos os Vereadores da Câmara Municipal de São Vicente</t>
   </si>
   <si>
     <t>14376</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14376/projeto_de_lei_0085.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14376/projeto_de_lei_0085.pdf</t>
   </si>
   <si>
     <t>Denomina Meninos da Paz o conjunto de quadras esportivas do Parque Ecológico Sambaiatuba.</t>
   </si>
   <si>
     <t>14377</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14377/projeto_de_lei_0086.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14377/projeto_de_lei_0086.pdf</t>
   </si>
   <si>
     <t>Denomina Parque Ambiental Sambaiatuba - PAS, a área do extinto depósito de lixo localizado no Dique Sambaiatuba.</t>
   </si>
   <si>
     <t>14378</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14378/projeto_de_lei_0087.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14378/projeto_de_lei_0087.pdf</t>
   </si>
   <si>
     <t>Denomina Manoel Fernandes a Praça Esportiva localizada em área remanescente da Quadra 55 do Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>14379</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14379/projeto_de_lei_0088.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14379/projeto_de_lei_0088.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 3º do art. 27 da Lei nº 1097-A, que cria o Sistema Municipal de Ensino e estabelece normas para a sua adequada implantação.</t>
   </si>
   <si>
     <t>14380</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14380/projeto_de_lei_0089.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14380/projeto_de_lei_0089.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os créditos de pequeno valor, no âmbito do Município, em consonância com o § 3º do art. 100 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>14381</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14381/projeto_de_lei_0090.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14381/projeto_de_lei_0090.pdf</t>
   </si>
   <si>
     <t>Proíbe a prática da atividade de pesca em toda a área da Ponte Jornal A Tribuna.</t>
   </si>
   <si>
     <t>14382</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14382/projeto_de_lei_0091.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14382/projeto_de_lei_0091.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade das mulheres que tenham filhos matriculados em creches municipais e estejam desempregadas a prestarem serviços voluntários nos locais que_x000D_
 especifica.</t>
   </si>
   <si>
     <t>14383</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14383/projeto_de_lei_0092.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14383/projeto_de_lei_0092.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a distribuição prioritária de vagas pelas creches e escolas municipais a filhos de_x000D_
 portadores de deficiência física, nas condições que especifica.</t>
   </si>
   <si>
     <t>14384</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14384/projeto_de_lei_0093.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14384/projeto_de_lei_0093.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa de prevenção, acompanhamento e tratamento dos problemas de desvio na coluna vertebral de alunos das escolas da rede pública municipal.</t>
   </si>
   <si>
     <t>14385</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14385/projeto_de_lei_0094.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14385/projeto_de_lei_0094.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Festividades do Município o Concurso "A Mais Bela Estudante_x000D_
 da Área Continental".</t>
   </si>
   <si>
     <t>14386</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14386/projeto_de_lei_0095.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14386/projeto_de_lei_0095.pdf</t>
   </si>
   <si>
     <t>Acrescenta itens ao art. 1° da Lei n° 1785/78, que autoriza o Poder Executivo a celebrar_x000D_
 Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>14387</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14387/projeto_de_lei_0096.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14387/projeto_de_lei_0096.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a assumir e a amortizar a dívida da Câmara Municipal com o INSS e dá outras providências.</t>
   </si>
   <si>
     <t>14388</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14388/projeto_de_lei_0097.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14388/projeto_de_lei_0097.pdf</t>
   </si>
   <si>
     <t>Denomina "Complexo de Eventos e Convenções da Costa da Mata Atlântica - Guamiunzão" o Centro de Convenções localizado na Avenida Capitão Luiz Antônio Pimenta n" 811 - Parque Bitaru.</t>
   </si>
   <si>
     <t>14389</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14389/projeto_de_lei_0098.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14389/projeto_de_lei_0098.pdf</t>
   </si>
   <si>
     <t>Institui no Município o Dia do Motorista de Lotação, a ser comemorado, anualmente, em_x000D_
 30 de maio.</t>
   </si>
   <si>
     <t>14390</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14390/projeto_de_lei_0099.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14390/projeto_de_lei_0099.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da afixação de placas e cartazes em locais visíveis dos estabelecimentos de ensino da rede pública, contendo os dizeres: "O fumo, as bebidas_x000D_
 alcoólicas e as drogas matam".</t>
   </si>
   <si>
     <t>14391</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14391/projeto_de_lei_0100.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14391/projeto_de_lei_0100.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a documentação exigida para a efetivação de matrícula de crianças nas creches municipais.</t>
   </si>
   <si>
     <t>14392</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14392/projeto_de_lei_0101.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14392/projeto_de_lei_0101.pdf</t>
   </si>
   <si>
     <t>14393</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14393/projeto_de_lei_0102.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14393/projeto_de_lei_0102.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorgar, mediante licitação, concessão de uso dos espaços físicos comerciais — boxes do Mercado Municipal localizado na Praça João Pessoa.</t>
   </si>
   <si>
     <t>14394</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14394/projeto_de_lei_0103.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14394/projeto_de_lei_0103.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Ministério do Planejamento, Orçamento e Gestão visando à cooperação técnica no planejamento, desenvolvimento e implantação de projetos de cadastramento e regularização da ocupação de imóveis de_x000D_
 propriedade da União.</t>
   </si>
   <si>
     <t>14395</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14395/projeto_de_lei_0104.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14395/projeto_de_lei_0104.pdf</t>
   </si>
   <si>
     <t>Denomina Dr. Luiz Gonzaga de Oliveira Gomes o Pronto-Socorro do bairro Humaitá.</t>
   </si>
   <si>
     <t>14396</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14396/projeto_de_lei_0105.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14396/projeto_de_lei_0105.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover anualmente, na data de 5 de junho, concurso de redação entre os alunos da rede pública municipal com tema relacionado a meio ambiente e ecologia e dá outras providências.</t>
   </si>
   <si>
     <t>14413</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14413/projeto_de_lei_0106.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14413/projeto_de_lei_0106.pdf</t>
   </si>
   <si>
     <t>Institui no Município a Semana de Prevenção contra o Aborto, a ser realizada, anualmente, na segunda semana do mês de agosto.</t>
   </si>
   <si>
     <t>14414</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14414/projeto_de_lei_0107.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14414/projeto_de_lei_0107.pdf</t>
   </si>
   <si>
     <t>Institui no Município o Dia do Ciclista, a ser comemorado anualmente no dia 27 de setembro.</t>
   </si>
   <si>
     <t>14415</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14415/projeto_de_lei_0108.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14415/projeto_de_lei_0108.pdf</t>
   </si>
   <si>
     <t>14416</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14416/projeto_de_lei_0109.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14416/projeto_de_lei_0109.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Cooperação com a Vila Ponte Nova Instituição Promocional VIP, visando à implantação e funcionamento da "Casa de Parto Normal", na Vila_x000D_
 Ponte Nova.</t>
   </si>
   <si>
     <t>14417</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14417/projeto_de_lei_0110.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14417/projeto_de_lei_0110.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de afixação de cartaz contra a prostituição infantil em estabelecimentos que especifica.</t>
   </si>
   <si>
     <t>14418</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14418/projeto_de_lei_0111.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14418/projeto_de_lei_0111.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o 1.° Conselho Comunitário de Segurança - CONSEG de São Vicente.</t>
   </si>
   <si>
     <t>14419</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14419/projeto_de_lei_0112.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14419/projeto_de_lei_0112.pdf</t>
   </si>
   <si>
     <t>Institui no Município o Dia da Segurança Comunitária, a ser comemorado, anualmente, no segundo sábado do mês de setembro.</t>
   </si>
   <si>
     <t>14420</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14420/projeto_de_lei_0113.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14420/projeto_de_lei_0113.pdf</t>
   </si>
   <si>
     <t>Autoriza o uso, a título precário, da Praça 118, no Conjunto Residencial Humaitá, pela Empresa Parque de Diversões Arthur, para instalação de parque de diversões.</t>
   </si>
   <si>
     <t>14491</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14491/projeto_de_lei_0114.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14491/projeto_de_lei_0114.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1° da Lei n° 897-A, de 1°.09.00, que autoriza o Poder Executivo a outorgar a entidade sem fins lucrativos concessão de uso das instalações do Túnel do Tempo, da Casa Martim Afonso, do Pesque-Pague e do Conjunto de Esculturas de Areia, nos termos da Lei Federal nº 8666/93 e suas alterações.</t>
   </si>
   <si>
     <t>14492</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14492/projeto_de_lei_0115.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14492/projeto_de_lei_0115.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contribuir para a APRECESP - Associação das Prefeituras de Cidades-Estâncias do Estado de São Paulo.</t>
   </si>
   <si>
     <t>14493</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14493/projeto_de_lei_0116.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14493/projeto_de_lei_0116.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação de Assistência à Ressocialização - AAR.</t>
   </si>
   <si>
     <t>14494</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14494/projeto_de_lei_0117.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14494/projeto_de_lei_0117.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário de Festividades Oficiais do Município o Festival do Choro, a ser realizado anualmente no mês de abril.</t>
   </si>
   <si>
     <t>14495</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14495/projeto_de_lei_0118.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14495/projeto_de_lei_0118.pdf</t>
   </si>
   <si>
     <t>Institui no Município a Semana da Reciclagem de Lixo, a ser comemorada anualmente no_x000D_
 período de 1.° a 7 do mês de abril.</t>
   </si>
   <si>
     <t>14496</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14496/projeto_de_lei_0119.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14496/projeto_de_lei_0119.pdf</t>
   </si>
   <si>
     <t>14497</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14497/projeto_de_lei_0120.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14497/projeto_de_lei_0120.pdf</t>
   </si>
   <si>
     <t>inclui no Calendário Oficial de Festividades do Município o Dia do Conjunto Residencial_x000D_
 Humaitá, a ser comemorado, anualmente, em 6 de novembro.</t>
   </si>
   <si>
     <t>14498</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14498/projeto_de_lei_0121.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14498/projeto_de_lei_0121.pdf</t>
   </si>
   <si>
     <t>Denomina Reverendo Elcias Alves de Mello o Conjunto Habitacional em construção na Rua Herenita Santana Nascimento, n.° 37, na Vila Ema.</t>
   </si>
   <si>
     <t>14499</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14499/projeto_de_lei_0122.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14499/projeto_de_lei_0122.pdf</t>
   </si>
   <si>
     <t>Denomina Prof.a Herenice Rodrigues do Nascimento a Alameda 1, Símbolo 1119, com início na Rua Jequié, Símbolo 1142 e término na Avenida Nuno Henrique, Símbolo 1116, na Vila Samaritá.</t>
   </si>
   <si>
     <t>14500</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14500/projeto_de_lei_0123.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14500/projeto_de_lei_0123.pdf</t>
   </si>
   <si>
     <t>Oficializa o Campeonato das Escolas de Samba de São Vicente e o Desfile de Carnaval.</t>
   </si>
   <si>
     <t>14501</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14501/projeto_de_lei_0124.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14501/projeto_de_lei_0124.pdf</t>
   </si>
   <si>
     <t>Revoga as Leis n°s 1121, de 30 de abril de 1965, e 1678, de 08 de março de 1976, que autorizam o Poder Executivo a receber, em doação, área de terreno às margens do Rio do Bugre.</t>
   </si>
   <si>
     <t>14502</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14502/projeto_de_lei_0125.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14502/projeto_de_lei_0125.pdf</t>
   </si>
   <si>
     <t>Denomina Gromesoro Silveira a Rua 5, na Vila Samaritá.</t>
   </si>
   <si>
     <t>14503</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14503/projeto_de_lei_0126.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14503/projeto_de_lei_0126.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Fiscal do Município de São Vicente para o Exercício de 2004 e dá outras providências.</t>
   </si>
   <si>
     <t>14504</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14504/projeto_de_lei_0127.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14504/projeto_de_lei_0127.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento do Instituto de Previdência dos Servidores Municipais de São Vicente para o exercício de 2004 e dá outras providências.</t>
   </si>
   <si>
     <t>14505</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14505/projeto_de_lei_0128.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14505/projeto_de_lei_0128.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento do Serviço de Saúde de São Vicente - SESASV para o exercício de 2004 e dá outras providências.</t>
   </si>
   <si>
     <t>14506</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14506/projeto_de_lei_0129.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14506/projeto_de_lei_0129.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento da Caixa de Saúde e Pecúlio dos Servidores Municipais de São Vicente para o exercício de 2004 e dá outras providências.</t>
   </si>
   <si>
     <t>14507</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14507/projeto_de_lei_0130.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14507/projeto_de_lei_0130.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento de Investimentos da CODESAVI Companhia de Desenvolvimento de São Vicente para o exercício de 2004 e dá outras providências.</t>
   </si>
   <si>
     <t>14508</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14508/projeto_de_lei_0131.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14508/projeto_de_lei_0131.pdf</t>
   </si>
   <si>
     <t>Incluí no Calendário Oficial do Município o Circuito Metropolitano de Voleibol de Praia.</t>
   </si>
   <si>
     <t>14509</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14509/projeto_de_lei_0132.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14509/projeto_de_lei_0132.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a inclusão no currículo da rede municipal de ensino fundamental e médio a_x000D_
 temática "História e Cultura Afro-Brasileira".</t>
   </si>
   <si>
     <t>14510</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14510/projeto_de_lei_0133.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14510/projeto_de_lei_0133.pdf</t>
   </si>
   <si>
     <t>Institui, no Calendário Oficial do Município, o Dia do Cartorário e dá outras providências.</t>
   </si>
   <si>
     <t>14511</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14511/projeto_de_lei_0134.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14511/projeto_de_lei_0134.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção no valor de RS 100.000.00 (cem mil reais) ao Hospital São José - Santa Casa de São Vicente.</t>
   </si>
   <si>
     <t>14512</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14512/projeto_de_lei_0135.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14512/projeto_de_lei_0135.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia do Advogado, a ser comemorado anualmente, em 11 de agosto.</t>
   </si>
   <si>
     <t>14513</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14513/projeto_de_lei_0136.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14513/projeto_de_lei_0136.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município o Festival de Dança de São Vicente.</t>
   </si>
   <si>
     <t>14514</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14514/projeto_de_lei_0137.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14514/projeto_de_lei_0137.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Encontro Vicentino de Capoeira.</t>
   </si>
   <si>
     <t>14515</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14515/projeto_de_lei_0138.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14515/projeto_de_lei_0138.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia da Esplanada dos Barreiros, a ser comemorado anualmente em 15 de novembro.</t>
   </si>
   <si>
     <t>14516</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14516/projeto_de_lei_0139.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14516/projeto_de_lei_0139.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Metropolitana de Esportes Radicais.</t>
   </si>
   <si>
     <t>14517</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14517/projeto_de_lei_0140.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14517/projeto_de_lei_0140.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder em comodato à Sociedade de Melhoramentos do Conjunto Habitacional Humaitá, lotes de terreno que especifica, no Humaitá.</t>
   </si>
   <si>
     <t>14518</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14518/projeto_de_lei_0141.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14518/projeto_de_lei_0141.pdf</t>
   </si>
   <si>
     <t>Denomina Hermenegildo Tavolaro a Rua 10 - Símbolo 1153, na Vila Samaritá.</t>
   </si>
   <si>
     <t>14519</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com a União, por intermédio do Ministério da Justiça, por meio da Secretaria Nacional de Segurança Pública, visando à modernização da_x000D_
 Guarda Municipal, ao desenvolvimento de ações sociais de segurança pública, a abrir Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>14520</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14520/projeto_de_lei_0143.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14520/projeto_de_lei_0143.pdf</t>
   </si>
   <si>
     <t>14521</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14521/projeto_de_lei_0144.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14521/projeto_de_lei_0144.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso XVI11 do art. 9° da Lei 11° 270-A, de 22.08.94, acrescido pela Lei nº 1059-A, de 26.12.01, que dispõe sobre a política municipal de atendimento e defesa dos direitos da criança e do adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>14522</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14522/projeto_de_lei_0145.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14522/projeto_de_lei_0145.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar no valor de _x000D_
 R$ 25.000.000,00, para suplementar as dotações que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>14523</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14523/projeto_de_lei_0146.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14523/projeto_de_lei_0146.pdf</t>
   </si>
   <si>
     <t>Institui no Município o Dia da Cruz Vermelha, a ser comemorado anualmente em 8 de maio.</t>
   </si>
   <si>
     <t>14524</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14524/projeto_de_lei_0147.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14524/projeto_de_lei_0147.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de Convênio entre a Caixa de Saúde e Pecúlio dos Servidores Municipais de São Vicente e o Instituto de Previdência dos Servidores Municipais de São Vicente, visando à cessão recíproca de servidores públicos municipais.</t>
   </si>
   <si>
     <t>14525</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14525/projeto_de_lei_0148.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14525/projeto_de_lei_0148.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio de Cooperação Técnica com a União, por meio do Ministério das Cidades e do Ministério do Planejamento, Orçamento e Gestão, visando ao desenvolvimento de ações conjuntas destinadas a qualificar e acelerar o processo de regularização fundiária no Município.</t>
   </si>
   <si>
     <t>14526</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14526/projeto_de_lei_0149.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14526/projeto_de_lei_0149.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Negociação com a CPFL - Companhia Piratininga de Força e Luz.</t>
   </si>
   <si>
     <t>14528</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14528/projeto_de_lei_0150.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14528/projeto_de_lei_0150.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, pela Polícia Militar do Estado de São Paulo, do imóvel cedido em comodato à Prefeitura, na Rua Sergipe nº 122 - Vila Samaritá, visando à_x000D_
 instalação de unidade policial.</t>
   </si>
   <si>
     <t>14530</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14530/projeto_de_lei_0151.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14530/projeto_de_lei_0151.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei n° 1213-A, de 20.12.02, que redenominou a Caixa de Previdência e Saúde dos Servidores Municipais de São Vicente, alterou dispositivos da Lei n° 942-A, de 28.12.00, e deu outras providências.</t>
   </si>
   <si>
     <t>14531</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14531/projeto_de_lei_0152.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14531/projeto_de_lei_0152.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso II do § 3,° do art. 21 da Lei n.° 486-A/97, que dispõe sobre o_x000D_
 transporte coletivo de passageiros na modalidade lotação, garantindo gratuidade do serviço aos portadores de deficiência, aos idosos e seus respectivos acompanhantes.</t>
   </si>
   <si>
     <t>14532</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14532/projeto_de_lei_0153.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14532/projeto_de_lei_0153.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal sobre a Doação de Órgãos, a ser realizada anualmente na_x000D_
 última semana do mês de outubro.</t>
   </si>
   <si>
     <t>14533</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14533/projeto_de_lei_0154.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14533/projeto_de_lei_0154.pdf</t>
   </si>
   <si>
     <t>Cria o Projeto SABER - Sistema de Adoção de Bibliotecas e Equipamentos Culturais por Empresas com Responsabilidade Social e dá outras providências.</t>
   </si>
   <si>
     <t>14535</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14535/projeto_de_lei_0155.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14535/projeto_de_lei_0155.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 2º c acrescenta §§ 5º e 6º ao art. 2º da Lei nº 565-A, de 08.12.97, que dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento do Ensino Fundamental e de Valorização do Magistério.</t>
   </si>
   <si>
     <t>14536</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14536/projeto_de_lei_0156.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14536/projeto_de_lei_0156.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 513-A, de 18.08.97, que proíbe o trânsito de caminhões com mais de 2 (dois) eixos no trecho compreendido pela Estação Ferroviária, Avenida Central e Ponte Jornal A Tribuna, no Jardim Rio Branco.</t>
   </si>
   <si>
     <t>14539</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14539/projeto_de_lei_0157.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14539/projeto_de_lei_0157.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio de Cooperação Técnico Educacional com o Centro Estadual de Educação Tecnológica Paula Souza e a Fundação de Apoio à Tecnologia - FAT, visando à implantação de cursos profissionalizantes no Município.</t>
   </si>
   <si>
     <t>14541</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14541/projeto_de_lei_0158.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14541/projeto_de_lei_0158.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo e as Autarquias Municipais a firmarem Convênio com o Banco do Estado de São Paulo - BANESPA, visando à concessão de empréstimos ou financiamentos aos servidores e funcionários públicos municipais ativos, inativos e pensionistas.</t>
   </si>
   <si>
     <t>14543</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14543/projeto_de_lei_0159.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14543/projeto_de_lei_0159.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1.° da Lei n.° 1210-A/02, que denomina Dr. Mário Covas Júnior a escola localizada na Rua Cândido Paulo Lee s/n no bairro Nova São Vicente.</t>
   </si>
   <si>
     <t>14544</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14544/projeto_de_lei_0160.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14544/projeto_de_lei_0160.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Municipal de Esporte-Educação Divertir e Educar, no Município de São Vicente.</t>
   </si>
   <si>
     <t>14545</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14545/projeto_de_lei_0161.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14545/projeto_de_lei_0161.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia da Juventude De Molay, a ser comemorado, anualmente, em 18 de março.</t>
   </si>
   <si>
     <t>14547</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14547/projeto_de_lei_0162.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14547/projeto_de_lei_0162.pdf</t>
   </si>
   <si>
     <t>Denomina Braz Ferreira a Rua 7, Símbolo 1827, com início na Avenida José Otávio de Andrade, Símbolo 1820 e término na Avenida Cellula Mater, Símbolo 1818, no Parque Continental.</t>
   </si>
   <si>
     <t>14549</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14549/projeto_de_lei_0163.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14549/projeto_de_lei_0163.pdf</t>
   </si>
   <si>
     <t>14551</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14551/projeto_de_lei_0164.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14551/projeto_de_lei_0164.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Federação de Bodyboarding do Estado de São Paulo, com sede no Município de São Vicente.</t>
   </si>
   <si>
     <t>14554</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14554/projeto_de_lei_0165.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14554/projeto_de_lei_0165.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1° da Lei n° 1218-A, de 20.12.02, que dispõe sobre o  padrão jornalístico nas publicações oficiais da Administração Direta e indireta do Município.</t>
   </si>
   <si>
     <t>14556</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14556/projeto_de_lei_0166.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14556/projeto_de_lei_0166.pdf</t>
   </si>
   <si>
     <t>Denomina Generoso da Cuíca a Passarela do Samba de São Vicente.</t>
   </si>
   <si>
     <t>14558</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14558/projeto_de_lei_0167.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14558/projeto_de_lei_0167.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo ao art 1.° da Lei n.° 1241-A/03, que autoriza o funcionamento de Feira de Arte e Artesanato na Praia do Itararé, ao lado do PIT Posto de Informações Turísticas.</t>
   </si>
   <si>
     <t>14561</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14561/projeto_de_lei_0168.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14561/projeto_de_lei_0168.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo ao art. 1.° da Lei n.° 1242-A/03, que autoriza a realização de Feira de Artesanato na Praça Símbolo 107, no Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>14563</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14563/projeto_de_lei_0170.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14563/projeto_de_lei_0170.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção no valor de R$ 11.554,79 (onze mil, quinhentos e cinquenta e quatro reais e setenta e nove centavos) à APAE - Associação de Pais e Amigos dos Excepcionais de São Vicente .</t>
   </si>
   <si>
     <t>14565</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14565/projeto_de_lei_0171.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14565/projeto_de_lei_0171.pdf</t>
   </si>
   <si>
     <t>Incluí no Calendário Oficial do Município a Exposição Internacional do Kennel Clube da Baixada Santista, a ser realizada anualmente na segunda quinzena do mês de dezembro.</t>
   </si>
   <si>
     <t>14567</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14567/projeto_de_lei_0172.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14567/projeto_de_lei_0172.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1.° da Lei n.° 2236/89, que assegura gratuidade a idosos nos transportes coletivos municipais por auto-ônibus e dá outras providências.</t>
   </si>
   <si>
     <t>14569</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14569/projeto_de_lei_0173.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14569/projeto_de_lei_0173.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município a Semana de Orientação e Prevenção à Toxoplasmose, a ser realizada anualmente na primeira semana de agosto</t>
   </si>
   <si>
     <t>14570</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14570/projeto_de_lei_0174.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14570/projeto_de_lei_0174.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa Diretora a permitir o uso de dependências da Câmara Municipal pelo BANESPA, para instalação de Posto de Atendimento Bancário, até 31 de dezembro de 2004.</t>
   </si>
   <si>
     <t>14573</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14573/projeto_de_lei_0175.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14573/projeto_de_lei_0175.pdf</t>
   </si>
   <si>
     <t>Acrescenta incisos I e II e Parágrafo único ao art. 5° da Lei nº 1155-A, de 16.08.02, que dispõe sobre a instituição do Selo Municipal de Acesso c a criação da Comissão Municipal de Acesso_x000D_
 CMA, que lerá a finalidade de expedir o referido Selo.</t>
   </si>
   <si>
     <t>14576</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14576/projeto_de_lei_0176.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14576/projeto_de_lei_0176.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura, na Contabilidade Municipal Supervisão da Fazenda, de Crédito Adicional Especial visando atender ao Convênio com o Programa Habitar - Brasil / BID - Subprograma UAS - Projeto de Urbanização da Favela do Dique Sambaiatuba - 2ª Etapa.</t>
   </si>
   <si>
     <t>14578</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14578/projeto_de_lei_0177.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14578/projeto_de_lei_0177.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar Concurso de Sambas de Bandas e Blocos Carnavalescos e dá outras providencias.</t>
   </si>
   <si>
     <t>14580</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14580/projeto_de_lei_0178.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14580/projeto_de_lei_0178.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com a Pastoral da Criança, visando à locação de imóvel para funcionamento do Projeto Brinquedotecas e desenvolvimento de atividades_x000D_
 daquela Pastoral.</t>
   </si>
   <si>
     <t>14582</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14582/projeto_de_lei_0179.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14582/projeto_de_lei_0179.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder as dependências da zeladoria das unidades escolares da rede municipal de ensino a funcionários públicos municipais ou estaduais, com prioridade aos ocupantes de cargo na área da segurança.</t>
   </si>
   <si>
     <t>14585</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14585/projeto_de_lei_0180.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14585/projeto_de_lei_0180.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Governo do Estado de São Paulo, por meio da Secretaria de Estado da Cultura , visando à manutenção e desenvolvimento do_x000D_
 Projeto Guri no Município.</t>
   </si>
   <si>
     <t>14586</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14586/projeto_de_lei_0181.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14586/projeto_de_lei_0181.pdf</t>
   </si>
   <si>
     <t>Denomina José Rodrigues Martins a Rua 1 - Símbolo 171, com início entre as áreas de lazer 1 e 2 do Loteamento Nova São Vicente e término no final do Loteamento, entre as Quadras Q e U.</t>
   </si>
   <si>
     <t>14588</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14588/projeto_de_lei_0182.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14588/projeto_de_lei_0182.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município o Dia da Bíblia, a ser comemorado anualmente em 9_x000D_
 de dezembro.</t>
   </si>
   <si>
     <t>14589</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14589/projeto_de_lei_0183.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14589/projeto_de_lei_0183.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1.° da Lei n.° 2158/87, que considera de Utilidade Pública o Círculo dos Amigos do 2.° Batalhão de Caçadores de São Vicente, alterando a razão social daquela entidade para Sociedade Amigos do 2.° Batalhão de Caçadores - Batalhão Martim Afonso -_x000D_
 SOABAMA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -3019,68 +3019,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16110/projeto_de_lei_complementar_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16111/projeto_de_lei_complementar_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16112/projeto_de_lei_complementar_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16113/projeto_de_lei_complementar_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16114/projeto_de_lei_complementar_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16115/projeto_de_lei_complementar_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16116/projeto_de_lei_complementar_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16117/projeto_de_lei_complementar_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16118/projeto_de_lei_complementar_0010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16119/projeto_de_lei_complementar_0011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16120/projeto_de_lei_complementar_0012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16121/projeto_de_lei_complementar_0013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16122/projeto_de_lei_complementar_0014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16123/projeto_de_lei_complementar_0015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16124/projeto_de_lei_complementar_0016.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16125/projeto_de_lei_complementar_0017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16126/projeto_de_lei_complementar_0018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16127/projeto_de_lei_complementar_0019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16128/projeto_de_lei_complementar_0020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16129/projeto_de_lei_complementar_0021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16136/projeto_de_lei_complementar_0023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16137/projeto_de_lei_complementar_0024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16138/projeto_de_lei_complementar_0025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16139/projeto_de_lei_complementar_0026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16140/projeto_de_lei_complementar_0027.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16141/projeto_de_lei_complementar_0028.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16142/projeto_de_lei_complementar_0029.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16143/projeto_de_lei_complementar_0030.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16144/projeto_de_lei_complementar_0031.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16145/projeto_de_lei_complementar_0032.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16146/projeto_de_lei_complementar_0033.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16147/projeto_de_lei_complementar_0034.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16148/projeto_de_lei_complementar_0035.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16149/projeto_de_lei_complementar_0036.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16150/projeto_de_lei_complementar_0037.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16151/projeto_de_lei_complementar_0038.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16152/projeto_de_lei_complementar_0039.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16153/projeto_de_lei_complementar_0040.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16154/projeto_de_lei_complementar_0041.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16155/projeto_de_lei_complementar_0042.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16156/projeto_de_lei_complementar_0043.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14286/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14287/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14288/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14289/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14290/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14291/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14292/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14293/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14294/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14295/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14296/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14297/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14298/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14299/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14300/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14301/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14302/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14303/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14305/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14306/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14312/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14313/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14314/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14315/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14316/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14317/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14318/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14319/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14320/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14321/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14322/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14323/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14324/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14325/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14326/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14327/projeto_de_lei_0036.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14328/projeto_de_lei_0037.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14329/projeto_de_lei_0038.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14330/projeto_de_lei_0039.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14331/projeto_de_lei_0040.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14332/projeto_de_lei_0041.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14333/projeto_de_lei_0042.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14334/projeto_de_lei_0043.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14335/projeto_de_lei_0044.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14336/projeto_de_lei_0045.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14337/projeto_de_lei_0046.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14338/projeto_de_lei_0047.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14339/projeto_de_lei_0048.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14340/projeto_de_lei_0049.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14341/projeto_de_lei_0050.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14342/projeto_de_lei_0051.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14343/projeto_de_lei_0052.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14344/projeto_de_lei_0053.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14345/projeto_de_lei_0054.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14346/projeto_de_lei_0055.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14347/projeto_de_lei_0056.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14348/projeto_de_lei_0057.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14349/projeto_de_lei_0058.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14350/projeto_de_lei_0059.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14351/projeto_de_lei_0060.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14352/projeto_de_lei_0061.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14353/projeto_de_lei_0062.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14354/projeto_de_lei_0063.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14355/projeto_de_lei_0064.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14356/projeto_de_lei_0065.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14357/projeto_de_lei_0066.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14358/projeto_de_lei_0067.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14359/projeto_de_lei_0068.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14360/projeto_de_lei_0069.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14361/projeto_de_lei_0070.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14362/projeto_de_lei_0071.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14363/projeto_de_lei_0072.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14364/projeto_de_lei_0073.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14365/projeto_de_lei_0074.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14366/projeto_de_lei_0075.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14367/projeto_de_lei_0076.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14368/projeto_de_lei_0077.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14369/projeto_de_lei_0078.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14370/projeto_de_lei_0079.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14371/projeto_de_lei_0080.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14372/projeto_de_lei_0081.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14373/projeto_de_lei_0082.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14374/projeto_de_lei_0083.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14375/projeto_de_lei_0084.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14376/projeto_de_lei_0085.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14377/projeto_de_lei_0086.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14378/projeto_de_lei_0087.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14379/projeto_de_lei_0088.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14380/projeto_de_lei_0089.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14381/projeto_de_lei_0090.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14382/projeto_de_lei_0091.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14383/projeto_de_lei_0092.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14384/projeto_de_lei_0093.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14385/projeto_de_lei_0094.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14386/projeto_de_lei_0095.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14387/projeto_de_lei_0096.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14388/projeto_de_lei_0097.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14389/projeto_de_lei_0098.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14390/projeto_de_lei_0099.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14391/projeto_de_lei_0100.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14392/projeto_de_lei_0101.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14393/projeto_de_lei_0102.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14394/projeto_de_lei_0103.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14395/projeto_de_lei_0104.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14396/projeto_de_lei_0105.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14413/projeto_de_lei_0106.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14414/projeto_de_lei_0107.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14415/projeto_de_lei_0108.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14416/projeto_de_lei_0109.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14417/projeto_de_lei_0110.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14418/projeto_de_lei_0111.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14419/projeto_de_lei_0112.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14420/projeto_de_lei_0113.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14491/projeto_de_lei_0114.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14492/projeto_de_lei_0115.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14493/projeto_de_lei_0116.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14494/projeto_de_lei_0117.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14495/projeto_de_lei_0118.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14496/projeto_de_lei_0119.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14497/projeto_de_lei_0120.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14498/projeto_de_lei_0121.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14499/projeto_de_lei_0122.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14500/projeto_de_lei_0123.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14501/projeto_de_lei_0124.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14502/projeto_de_lei_0125.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14503/projeto_de_lei_0126.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14504/projeto_de_lei_0127.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14505/projeto_de_lei_0128.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14506/projeto_de_lei_0129.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14507/projeto_de_lei_0130.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14508/projeto_de_lei_0131.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14509/projeto_de_lei_0132.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14510/projeto_de_lei_0133.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14511/projeto_de_lei_0134.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14512/projeto_de_lei_0135.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14513/projeto_de_lei_0136.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14514/projeto_de_lei_0137.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14515/projeto_de_lei_0138.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14516/projeto_de_lei_0139.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14517/projeto_de_lei_0140.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14518/projeto_de_lei_0141.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14520/projeto_de_lei_0143.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14521/projeto_de_lei_0144.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14522/projeto_de_lei_0145.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14523/projeto_de_lei_0146.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14524/projeto_de_lei_0147.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14525/projeto_de_lei_0148.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14526/projeto_de_lei_0149.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14528/projeto_de_lei_0150.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14530/projeto_de_lei_0151.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14531/projeto_de_lei_0152.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14532/projeto_de_lei_0153.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14533/projeto_de_lei_0154.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14535/projeto_de_lei_0155.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14536/projeto_de_lei_0156.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14539/projeto_de_lei_0157.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14541/projeto_de_lei_0158.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14543/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14544/projeto_de_lei_0160.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14545/projeto_de_lei_0161.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14547/projeto_de_lei_0162.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14549/projeto_de_lei_0163.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14551/projeto_de_lei_0164.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14554/projeto_de_lei_0165.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14556/projeto_de_lei_0166.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14558/projeto_de_lei_0167.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14561/projeto_de_lei_0168.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14563/projeto_de_lei_0170.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14565/projeto_de_lei_0171.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14567/projeto_de_lei_0172.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14569/projeto_de_lei_0173.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14570/projeto_de_lei_0174.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14573/projeto_de_lei_0175.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14576/projeto_de_lei_0176.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14578/projeto_de_lei_0177.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14580/projeto_de_lei_0178.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14582/projeto_de_lei_0179.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14585/projeto_de_lei_0180.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14586/projeto_de_lei_0181.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14588/projeto_de_lei_0182.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14589/projeto_de_lei_0183.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16110/projeto_de_lei_complementar_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16111/projeto_de_lei_complementar_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16112/projeto_de_lei_complementar_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16113/projeto_de_lei_complementar_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16114/projeto_de_lei_complementar_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16115/projeto_de_lei_complementar_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16116/projeto_de_lei_complementar_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16117/projeto_de_lei_complementar_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16118/projeto_de_lei_complementar_0010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16119/projeto_de_lei_complementar_0011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16120/projeto_de_lei_complementar_0012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16121/projeto_de_lei_complementar_0013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16122/projeto_de_lei_complementar_0014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16123/projeto_de_lei_complementar_0015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16124/projeto_de_lei_complementar_0016.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16125/projeto_de_lei_complementar_0017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16126/projeto_de_lei_complementar_0018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16127/projeto_de_lei_complementar_0019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16128/projeto_de_lei_complementar_0020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16129/projeto_de_lei_complementar_0021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16136/projeto_de_lei_complementar_0023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16137/projeto_de_lei_complementar_0024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16138/projeto_de_lei_complementar_0025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16139/projeto_de_lei_complementar_0026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16140/projeto_de_lei_complementar_0027.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16141/projeto_de_lei_complementar_0028.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16142/projeto_de_lei_complementar_0029.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16143/projeto_de_lei_complementar_0030.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16144/projeto_de_lei_complementar_0031.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16145/projeto_de_lei_complementar_0032.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16146/projeto_de_lei_complementar_0033.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16147/projeto_de_lei_complementar_0034.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16148/projeto_de_lei_complementar_0035.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16149/projeto_de_lei_complementar_0036.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16150/projeto_de_lei_complementar_0037.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16151/projeto_de_lei_complementar_0038.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16152/projeto_de_lei_complementar_0039.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16153/projeto_de_lei_complementar_0040.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16154/projeto_de_lei_complementar_0041.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16155/projeto_de_lei_complementar_0042.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/16156/projeto_de_lei_complementar_0043.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14286/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14287/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14288/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14289/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14290/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14291/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14292/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14293/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14294/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14295/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14296/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14297/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14298/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14299/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14300/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14301/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14302/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14303/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14305/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14306/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14312/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14313/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14314/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14315/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14316/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14317/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14318/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14319/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14320/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14321/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14322/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14323/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14324/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14325/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14326/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14327/projeto_de_lei_0036.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14328/projeto_de_lei_0037.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14329/projeto_de_lei_0038.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14330/projeto_de_lei_0039.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14331/projeto_de_lei_0040.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14332/projeto_de_lei_0041.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14333/projeto_de_lei_0042.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14334/projeto_de_lei_0043.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14335/projeto_de_lei_0044.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14336/projeto_de_lei_0045.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14337/projeto_de_lei_0046.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14338/projeto_de_lei_0047.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14339/projeto_de_lei_0048.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14340/projeto_de_lei_0049.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14341/projeto_de_lei_0050.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14342/projeto_de_lei_0051.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14343/projeto_de_lei_0052.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14344/projeto_de_lei_0053.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14345/projeto_de_lei_0054.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14346/projeto_de_lei_0055.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14347/projeto_de_lei_0056.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14348/projeto_de_lei_0057.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14349/projeto_de_lei_0058.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14350/projeto_de_lei_0059.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14351/projeto_de_lei_0060.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14352/projeto_de_lei_0061.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14353/projeto_de_lei_0062.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14354/projeto_de_lei_0063.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14355/projeto_de_lei_0064.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14356/projeto_de_lei_0065.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14357/projeto_de_lei_0066.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14358/projeto_de_lei_0067.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14359/projeto_de_lei_0068.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14360/projeto_de_lei_0069.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14361/projeto_de_lei_0070.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14362/projeto_de_lei_0071.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14363/projeto_de_lei_0072.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14364/projeto_de_lei_0073.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14365/projeto_de_lei_0074.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14366/projeto_de_lei_0075.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14367/projeto_de_lei_0076.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14368/projeto_de_lei_0077.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14369/projeto_de_lei_0078.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14370/projeto_de_lei_0079.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14371/projeto_de_lei_0080.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14372/projeto_de_lei_0081.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14373/projeto_de_lei_0082.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14374/projeto_de_lei_0083.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14375/projeto_de_lei_0084.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14376/projeto_de_lei_0085.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14377/projeto_de_lei_0086.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14378/projeto_de_lei_0087.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14379/projeto_de_lei_0088.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14380/projeto_de_lei_0089.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14381/projeto_de_lei_0090.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14382/projeto_de_lei_0091.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14383/projeto_de_lei_0092.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14384/projeto_de_lei_0093.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14385/projeto_de_lei_0094.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14386/projeto_de_lei_0095.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14387/projeto_de_lei_0096.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14388/projeto_de_lei_0097.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14389/projeto_de_lei_0098.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14390/projeto_de_lei_0099.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14391/projeto_de_lei_0100.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14392/projeto_de_lei_0101.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14393/projeto_de_lei_0102.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14394/projeto_de_lei_0103.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14395/projeto_de_lei_0104.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14396/projeto_de_lei_0105.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14413/projeto_de_lei_0106.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14414/projeto_de_lei_0107.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14415/projeto_de_lei_0108.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14416/projeto_de_lei_0109.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14417/projeto_de_lei_0110.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14418/projeto_de_lei_0111.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14419/projeto_de_lei_0112.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14420/projeto_de_lei_0113.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14491/projeto_de_lei_0114.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14492/projeto_de_lei_0115.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14493/projeto_de_lei_0116.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14494/projeto_de_lei_0117.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14495/projeto_de_lei_0118.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14496/projeto_de_lei_0119.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14497/projeto_de_lei_0120.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14498/projeto_de_lei_0121.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14499/projeto_de_lei_0122.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14500/projeto_de_lei_0123.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14501/projeto_de_lei_0124.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14502/projeto_de_lei_0125.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14503/projeto_de_lei_0126.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14504/projeto_de_lei_0127.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14505/projeto_de_lei_0128.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14506/projeto_de_lei_0129.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14507/projeto_de_lei_0130.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14508/projeto_de_lei_0131.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14509/projeto_de_lei_0132.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14510/projeto_de_lei_0133.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14511/projeto_de_lei_0134.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14512/projeto_de_lei_0135.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14513/projeto_de_lei_0136.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14514/projeto_de_lei_0137.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14515/projeto_de_lei_0138.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14516/projeto_de_lei_0139.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14517/projeto_de_lei_0140.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14518/projeto_de_lei_0141.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14520/projeto_de_lei_0143.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14521/projeto_de_lei_0144.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14522/projeto_de_lei_0145.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14523/projeto_de_lei_0146.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14524/projeto_de_lei_0147.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14525/projeto_de_lei_0148.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14526/projeto_de_lei_0149.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14528/projeto_de_lei_0150.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14530/projeto_de_lei_0151.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14531/projeto_de_lei_0152.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14532/projeto_de_lei_0153.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14533/projeto_de_lei_0154.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14535/projeto_de_lei_0155.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14536/projeto_de_lei_0156.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14539/projeto_de_lei_0157.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14541/projeto_de_lei_0158.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14543/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14544/projeto_de_lei_0160.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14545/projeto_de_lei_0161.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14547/projeto_de_lei_0162.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14549/projeto_de_lei_0163.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14551/projeto_de_lei_0164.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14554/projeto_de_lei_0165.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14556/projeto_de_lei_0166.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14558/projeto_de_lei_0167.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14561/projeto_de_lei_0168.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14563/projeto_de_lei_0170.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14565/projeto_de_lei_0171.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14567/projeto_de_lei_0172.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14569/projeto_de_lei_0173.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14570/projeto_de_lei_0174.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14573/projeto_de_lei_0175.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14576/projeto_de_lei_0176.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14578/projeto_de_lei_0177.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14580/projeto_de_lei_0178.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14582/projeto_de_lei_0179.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14585/projeto_de_lei_0180.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14586/projeto_de_lei_0181.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14588/projeto_de_lei_0182.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2003/14589/projeto_de_lei_0183.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H224"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>