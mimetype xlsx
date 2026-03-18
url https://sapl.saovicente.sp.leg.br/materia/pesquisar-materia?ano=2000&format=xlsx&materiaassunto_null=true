--- v0 (2025-10-23)
+++ v1 (2026-03-18)
@@ -54,2369 +54,2369 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13419</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Márcio França</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13419/projeto_de_lei_0001.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13419/projeto_de_lei_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênios com o Governo do Estado, através da Secretaria de Agricultura e Abastecimento, objetivando o desenvolvimento de programas ligados à agricultura e ao abastecimento.</t>
   </si>
   <si>
     <t>13421</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Emmanuel Pimentel</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13421/projeto_de_lei_0002.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13421/projeto_de_lei_0002.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover redução do preço da tarifa das linhas municipais de_x000D_
 transporte coletivo.</t>
   </si>
   <si>
     <t>13423</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13423/projeto_de_lei_0003.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13423/projeto_de_lei_0003.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso II, acrescenta parágrafo único ao art. 1.° e acrescenta parágrafo único ao art. 3.° da Lei n.° 579-A/97, que dispõe sobre a publicidade em táxis e veículos de_x000D_
 autolotação e transporte escolar e dá outras providências.</t>
   </si>
   <si>
     <t>13424</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13424/projeto_de_lei_0004.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13424/projeto_de_lei_0004.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a construir plataforma de pesca amadora nos locais e praias que especifica.</t>
   </si>
   <si>
     <t>13425</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ricardo Veron</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13425/projeto_de_lei_0005.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13425/projeto_de_lei_0005.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1.° da Lei n.° 577-A/97, que dispõe sobre a prática de esportes nas_x000D_
 praias do Município.</t>
   </si>
   <si>
     <t>13427</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13427/projeto_de_lei_0006.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13427/projeto_de_lei_0006.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Desenvolvimento Rural e dá outras providências.</t>
   </si>
   <si>
     <t>13429</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Prof. Rubinho</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13429/projeto_de_lei_0007.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13429/projeto_de_lei_0007.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça 107, no Conjunto Residencial Humaitá, para instalação do Circo Romênia.</t>
   </si>
   <si>
     <t>13430</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Adelson Prado</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13430/projeto_de_lei_0008.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13430/projeto_de_lei_0008.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o Centro Camará de Pesquisa e Apoio à Infância e Adolescência.</t>
   </si>
   <si>
     <t>13432</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Carlos Santiago</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13432/projeto_de_lei_0009.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13432/projeto_de_lei_0009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a publicidade em ônibus que operam as linhas municipais de transporte_x000D_
 coletivo de passageiros.</t>
   </si>
   <si>
     <t>13433</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13433/projeto_de_lei_0010.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13433/projeto_de_lei_0010.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos à Lei n.° 486-A/97, que dispõe sobre o transporte coletivo de_x000D_
 passageiros na modalidade lotação, tratando das funções do cobrador.</t>
   </si>
   <si>
     <t>13434</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13434/projeto_de_lei_0011.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13434/projeto_de_lei_0011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a garantir operação de parcelamento de dívida da Companhia de Desenvolvimento de São Vicente CODESAVI com o Conselho Curador do Fundo de Garantia do Tempo de Serviço - FGTS, junto à Caixa Econômica Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>13436</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Marcos Calvo</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13436/projeto_de_lei_0013.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13436/projeto_de_lei_0013.pdf</t>
   </si>
   <si>
     <t>Denomina Narciso Vital de Carvalho a Rua 7, Mecanizada 177, na Vila Nova São Vicente.</t>
   </si>
   <si>
     <t>13438</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>José  Soares</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13438/projeto_de_lei_0012.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13438/projeto_de_lei_0012.pdf</t>
   </si>
   <si>
     <t>Denomina Frei Damião a Rua 16, com início na Rua Tenente José dos Santos e término na Rua Augusto de Oliveira Santos, no Jardim Rio Branco.</t>
   </si>
   <si>
     <t>13440</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13440/projeto_de_lei_0014.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13440/projeto_de_lei_0014.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos à Lei n.° 486-A/97, que dispõe sobre o serviço de transporte coletivo de passageiros na modalidade lotação e dá outras providências.</t>
   </si>
   <si>
     <t>13442</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Altair di Marco</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13442/projeto_de_lei_0015.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13442/projeto_de_lei_0015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça Antonio Carlos_x000D_
 Brasileiro de Almeida Jobim, pelos artistas Pierre Zorrilha Villar e Antoni Silva, no período_x000D_
 de 14 de março a 4 de abril de 2000, para exposição de esculturas, desenhos e pinturas em técnicas diversas.</t>
   </si>
   <si>
     <t>13443</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13443/projeto_de_lei_0016.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13443/projeto_de_lei_0016.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões no trecho final da Av. Genivaldo José_x000D_
 Damasceno, localizado a partir da Rua Gabriel Lopes Pereira Filho, no Catiapoã.</t>
   </si>
   <si>
     <t>13445</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13445/projeto_de_lei_0017.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13445/projeto_de_lei_0017.pdf</t>
   </si>
   <si>
     <t>Permite, excepcionalmente, a transferência de autorização para a execução do serviço de transporte coletivo de passageiros na modalidade lotação, prevista no art. 7.° da Lei n.°_x000D_
 486-A/97.</t>
   </si>
   <si>
     <t>13446</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13446/projeto_de_lei_0018.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13446/projeto_de_lei_0018.pdf</t>
   </si>
   <si>
     <t>Denomina José dos Santos Fonseca a Rua 21, Mecanizada 244, no Conjunto Residencial_x000D_
 Humaitá, com início na Rua Justiniano Vasconcelos Passos, Mecanizada 251 e término na Rua Dr. José Singer, Mecanizada 235.</t>
   </si>
   <si>
     <t>13448</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13448/projeto_de_lei_0019.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13448/projeto_de_lei_0019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio de cidades-irmãs entre São Vicente-Brasil e Vila Viçosa-Portugal.</t>
   </si>
   <si>
     <t>13449</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Luiz Antonio</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13449/projeto_de_lei_0020.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13449/projeto_de_lei_0020.pdf</t>
   </si>
   <si>
     <t>Denomina Dias Gomes a Rua 38, Mecanizada 264, com início na Rua 25, Mecanizada 249, e término na Rua 29, Mecanizada 253, no Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>13450</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13450/projeto_de_lei_0021.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13450/projeto_de_lei_0021.pdf</t>
   </si>
   <si>
     <t>Denomina Santa Clara a Rua 29, Mecanizada 1859, com início na Avenida Paschoal Gezebien, Mecanizada 1816 e término na Avenida Central, Mecanizada 1818, no Parque Continental.</t>
   </si>
   <si>
     <t>13451</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13451/projeto_de_lei_0022.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13451/projeto_de_lei_0022.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1.° da Lei Complementar n.° 151, que autoriza o Poder Executivo a aprovar projeto e conceder licença para a construção de condomínio da Cooperativa Habitacional Nosso Lar da Baixada Santista, em área que especifica no Japuí.</t>
   </si>
   <si>
     <t>13452</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13452/projeto_de_lei_0023.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13452/projeto_de_lei_0023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a premiar as escolas de samba participantes do Desfile Oficial de Carnaval de 2000.</t>
   </si>
   <si>
     <t>13453</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13453/projeto_de_lei_0024.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13453/projeto_de_lei_0024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o São Vicente Atlético Clube visando à revitalização e o uso, pela população, da sede social e esportiva daquela agremiação.</t>
   </si>
   <si>
     <t>13454</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13454/projeto_de_lei_0025.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13454/projeto_de_lei_0025.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao art. 12 da Lei Municipal n.° 486-A/97 que trata dos veículos utilizados no transporte coletivo de passageiros, na modalidade lotação.</t>
   </si>
   <si>
     <t>13455</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13455/projeto_de_lei_0026.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13455/projeto_de_lei_0026.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Conservação de Estradas Rurais e autoriza a celebração de Convênio com o Governo do Estado de São Paulo, visando à execução do Programa "Melhor Caminho"</t>
   </si>
   <si>
     <t>13457</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13457/projeto_de_lei_0027.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13457/projeto_de_lei_0027.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos parágrafos 3.° e 4.° do art. 9.° da Lei n.° 486-A/97, que dispõe sobre o_x000D_
 serviço de transporte coletivo na modalidade lotação.</t>
   </si>
   <si>
     <t>13458</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Brito Coelho</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13458/projeto_de_lei_0028.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13458/projeto_de_lei_0028.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir a Fundação para o Turismo - Cellula Mater e dá outras providências.</t>
   </si>
   <si>
     <t>13459</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13459/projeto_de_lei_0029.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13459/projeto_de_lei_0029.pdf</t>
   </si>
   <si>
     <t>Oficializa o TV Congresso Nacional de Imprensa Regional Portuguesa, a ser realizado em São Vicente, no período de 1° a 03 de maio de 2000.</t>
   </si>
   <si>
     <t>13460</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13460/projeto_de_lei_0030.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13460/projeto_de_lei_0030.pdf</t>
   </si>
   <si>
     <t>Oficializa o IV LUSOCOM Congresso Lusófono de Ciências da Comunicação dos Países de Língua Portuguesa, a ser realizado em São Vicente, de 19 a 22 de abril de 2000.</t>
   </si>
   <si>
     <t>13461</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13461/projeto_de_lei_0031.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13461/projeto_de_lei_0031.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos parágrafos 1.° e 2 ° do art. 9.° da Lei n.° 486-A/97, que dispõe sobre o transporte coletivo de passageiros na modalidade lotação, e dá outras providências.</t>
   </si>
   <si>
     <t>13462</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13462/projeto_de_lei_0032.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13462/projeto_de_lei_0032.pdf</t>
   </si>
   <si>
     <t>Denomina Fausto Paes de Figueiredo a Rua 10, com início na Rua 12 e término na Rua 1, na Vila Nova São Vicente.</t>
   </si>
   <si>
     <t>13463</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Bozzella</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13463/projeto_de_lei_0033.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13463/projeto_de_lei_0033.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir, a utilização, pelo Clube de Malha e Lazer Tancredo Neves - durante o prazo de 5 (cinco) anos, de área de 210 m2 no Conjunto Residencial_x000D_
 Tancredo Neves e dá outras providências.</t>
   </si>
   <si>
     <t>13465</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Roberto Rocha</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13465/projeto_de_lei_0034.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13465/projeto_de_lei_0034.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Rua Dona Anna Pimentel, no Centro, pela Igreja Matriz de São Vicente, aos sábados, domingos, feriados e dias santificados, para a celebração de missas e realização de eventos de interesse público.</t>
   </si>
   <si>
     <t>13466</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13466/projeto_de_lei_0035.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13466/projeto_de_lei_0035.pdf</t>
   </si>
   <si>
     <t>Revoga o inciso IX do art. 10 da Lei n.° 486-A/97, que dispõe sobre o transporte coletivo de passageiros na modalidade lotação.</t>
   </si>
   <si>
     <t>13467</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13467/projeto_de_lei_0036.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13467/projeto_de_lei_0036.pdf</t>
   </si>
   <si>
     <t>Denomina Cellula Mater a Avenida Central, com início nas Ruas 23 e 1 e término na Avenida_x000D_
 Emmanuele Del Vecchio, no Parque Continental.</t>
   </si>
   <si>
     <t>13468</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13468/projeto_de_lei_0037.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13468/projeto_de_lei_0037.pdf</t>
   </si>
   <si>
     <t>Denomina José Novaes Muniz a Rua 56, com início na Rua 55 e término na Avenida C, no_x000D_
 Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>13469</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13469/projeto_de_lei_0038.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13469/projeto_de_lei_0038.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei n.° 579-A/97, que dispõe sobre a publicidade em táxis e veículos de autolotação e transporte escolar e dá outras providências.</t>
   </si>
   <si>
     <t>13470</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13470/projeto_de_lei_0039.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13470/projeto_de_lei_0039.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao art. 2.° da Lei n.° 1774/78, que dispõe sobre o serviço de guinchamento de veículos e dá outras providências</t>
   </si>
   <si>
     <t>13471</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13471/projeto_de_lei_0040.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13471/projeto_de_lei_0040.pdf</t>
   </si>
   <si>
     <t>Denomina Luiz Ferreira Morgado a Rua 2, com início na Avenida Marginal 1 e término na Rua_x000D_
 Augusto de Oliveira Santos, no Jardim Rio Branco.</t>
   </si>
   <si>
     <t>13472</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13472/projeto_de_lei_0041.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13472/projeto_de_lei_0041.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art, 17 da Lei n.° 486-A/97, que dispõe sobre o transporte coletivo de_x000D_
 passageiros na modalidade lotação e dá outras providências.</t>
   </si>
   <si>
     <t>13473</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13473/projeto_de_lei_0042.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13473/projeto_de_lei_0042.pdf</t>
   </si>
   <si>
     <t>13474</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13474/projeto_de_lei_0043.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13474/projeto_de_lei_0043.pdf</t>
   </si>
   <si>
     <t>Denomina Nossa Senhora Aparecida a Rua 1, com início na Avenida Marginal e término na Avenida Central, no Parque Continental.</t>
   </si>
   <si>
     <t>13475</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13475/projeto_de_lei_0044.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13475/projeto_de_lei_0044.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o Clube de Malha e Lazer Tancredo Neves.</t>
   </si>
   <si>
     <t>13476</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13476/projeto_de_lei_0045.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13476/projeto_de_lei_0045.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Sociedade Recreativa Biquinha.</t>
   </si>
   <si>
     <t>13477</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13477/projeto_de_lei_0046.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13477/projeto_de_lei_0046.pdf</t>
   </si>
   <si>
     <t>Denomina João Augusto de Moraes o prédio onde está instalado o Posto de Salvamento 1, na Praia do Gonzaguinha.</t>
   </si>
   <si>
     <t>13478</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13478/projeto_de_lei_0047.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13478/projeto_de_lei_0047.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Fiscal do Ano 2001 e dá outras providências.</t>
   </si>
   <si>
     <t>13479</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13479/projeto_de_lei_0048.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13479/projeto_de_lei_0048.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir a utilização, pela Sociedade Recreativa Biquinha durante o prazo de 5 (cinco) anos, de área de 300 m2 localizada na Avenida Getulio Vargas n.° 3, na Biquinha, e dá outras providências.</t>
   </si>
   <si>
     <t>13480</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13480/projeto_de_lei_0049.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13480/projeto_de_lei_0049.pdf</t>
   </si>
   <si>
     <t>Denomina Cândido Paulo Lie a Rua 9 - Mecanizada 179, com início na Rua 12 - Mecanizada 182 e término na Rua 1- Mecanizada 171, na Vila Nova São Vicente.</t>
   </si>
   <si>
     <t>13481</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13481/projeto_de_lei_0050.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13481/projeto_de_lei_0050.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos à Lei n.° 1961/84, que dispõe sobre a instalação de barracas coletivas nas praias do Município e dá outras providências.</t>
   </si>
   <si>
     <t>13482</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13482/projeto_de_lei_0051.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13482/projeto_de_lei_0051.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar feira-livre na Rua Prof.a Lovely Plauchut, na Vila Matteo Bei.</t>
   </si>
   <si>
     <t>13483</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13483/projeto_de_lei_0052.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13483/projeto_de_lei_0052.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 8.° da Lei n.° 1802/79, que dispõe sobre serviços de táxis no Município e dá outras providências.</t>
   </si>
   <si>
     <t>13484</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13484/projeto_de_lei_0053.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13484/projeto_de_lei_0053.pdf</t>
   </si>
   <si>
     <t>Altera a redação do "caput" do art. 4.° e acrescenta parágrafo ao art. 11 da Lei n.° 486-A/97, que dispõe sobre o transporte coletivo de passageiros na modalidade lotação e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>13485</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13485/projeto_de_lei_0054.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13485/projeto_de_lei_0054.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio de cidades-irmãs entre São Vicente e Atibaia.</t>
   </si>
   <si>
     <t>13486</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13486/projeto_de_lei_0055.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13486/projeto_de_lei_0055.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos arts. 14 a 19 e seu parágrafo único da Lei n" 270-A, de 22 de agosto de 1994, que dispõe sobre a política municipal de atendimento e defesa dos direitos da criança e do adolescente, sobre o Conselho Tutelar, e dá outras providências.</t>
   </si>
   <si>
     <t>13487</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13487/projeto_de_lei_0056.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13487/projeto_de_lei_0056.pdf</t>
   </si>
   <si>
     <t>Denomina Hermínio Bordinhon a Rua 34 - Mecanizada 1857, com início na Avenida Paschoal Gzebien - Mecanizada 1816 e término na Avenida Central - Mecanizada 1818, no Parque Continental.</t>
   </si>
   <si>
     <t>13488</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Gilson Nunes</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13488/projeto_de_lei_0057.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13488/projeto_de_lei_0057.pdf</t>
   </si>
   <si>
     <t>Insere no calendário de eventos oficiais a Marcha Interdenominacional da Área Continental - Marcha para Jesus.</t>
   </si>
   <si>
     <t>13489</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Eduardo Palmieri</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13489/projeto_de_lei_0058.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13489/projeto_de_lei_0058.pdf</t>
   </si>
   <si>
     <t>Autoriza as Associações de Pais e Mestres - APMs das escolas municipais a locarem os espaços dos muros daqueles estabelecimentos para veiculação de propaganda.</t>
   </si>
   <si>
     <t>13490</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13490/projeto_de_lei_0059.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13490/projeto_de_lei_0059.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Praça 107, no Conjunto_x000D_
 Residencial Humaitá, pela empresa Carlos Show, no período de 4 a 14 de maio de 2000,_x000D_
 para realização de Rodeio.</t>
   </si>
   <si>
     <t>13491</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13491/projeto_de_lei_0060.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13491/projeto_de_lei_0060.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, pela Empresa Paulo Flor Representações Ltda., de área da Praça Barão do Rio Branco, no período que especifica, para instalação de "stand" de_x000D_
 divulgação e publicidade dos serviços oferecidos pela OSAN, e Planos de Saúde.</t>
   </si>
   <si>
     <t>13492</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13492/projeto_de_lei_0061.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13492/projeto_de_lei_0061.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir, a título precário, o uso de espaço na Praça Coronel José Lopes, pela Sra. Mauricéia M. Carvalho, índia tupi-guarani, no período de 15 de maio a 31 de dezembro de 2000, para exposição e comercialização de produtos indígenas.</t>
   </si>
   <si>
     <t>13493</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13493/projeto_de_lei_0062.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13493/projeto_de_lei_0062.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Governo do Estado, através da Secretaria da Cultura, e receber recursos financeiros a fundo perdido, visando à reforma e recuperação da Igreja Matriz de São Vicente.</t>
   </si>
   <si>
     <t>13494</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13494/projeto_de_lei_0063.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13494/projeto_de_lei_0063.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar feira-livre na Rua Jequié, no Jardim Rio Negro.</t>
   </si>
   <si>
     <t>13495</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13495/projeto_de_lei_0064.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13495/projeto_de_lei_0064.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões na Rua Brás Cubas, na Vila Valença.</t>
   </si>
   <si>
     <t>13496</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13496/projeto_de_lei_0065.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13496/projeto_de_lei_0065.pdf</t>
   </si>
   <si>
     <t>Cria no Município o Cadastro Único de Condutores de Veículos e Auxiliares Autônomos.</t>
   </si>
   <si>
     <t>13497</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13497/projeto_de_lei_0066.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13497/projeto_de_lei_0066.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de veículos na Avenida Nações Unidas, no trecho compreendido entre o Viaduto Mário Covas e a Rua Dr. Polydoro de Oliveira Bittencourt.</t>
   </si>
   <si>
     <t>13498</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13498/projeto_de_lei_0067.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13498/projeto_de_lei_0067.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao art. 1.° da Lei n.° 594-A/97, que autoriza o Poder Executivo a instalar sanitários públicos na Praia do Itararé e dá outras providências.</t>
   </si>
   <si>
     <t>13499</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Antonio Carlos</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13499/projeto_de_lei_0068.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13499/projeto_de_lei_0068.pdf</t>
   </si>
   <si>
     <t>Denomina Conjunto Habitacional Vila Madalena o núcleo de moradias populares localizado no final das Ruas Profa. Yolanda Conte e Arnaldo Rodrigues, na Vila Margarida.</t>
   </si>
   <si>
     <t>13500</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13500/projeto_de_lei_0069.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13500/projeto_de_lei_0069.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Convênio e Contratos com a Universidade de São Paulo_x000D_
 visando à realização de estudos para a apresentação de diagnóstico para a recuperação_x000D_
 ambiental da Baía de São Vicente e da Praia do Itararé, e dá outras providências.</t>
   </si>
   <si>
     <t>13501</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13501/projeto_de_lei_0070.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13501/projeto_de_lei_0070.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Beneficente Nossa Senhora da Assunção, com sede neste Município.</t>
   </si>
   <si>
     <t>13502</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13502/projeto_de_lei_0071.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13502/projeto_de_lei_0071.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prática de esportes nas praias do Município.</t>
   </si>
   <si>
     <t>13503</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13503/projeto_de_lei_0072.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13503/projeto_de_lei_0072.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praia do Itararé, pelo Ilha Porchat Clube, para a realização do baile "Uma Noite nos Mares do Sul".</t>
   </si>
   <si>
     <t>13504</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13504/projeto_de_lei_0073.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13504/projeto_de_lei_0073.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade dos veículos que operam o serviço de transporte coletivo de_x000D_
 passageiros na modalidade lotação conterem painel informativo a respeito do transporte_x000D_
 gratuito de portador de deficiência, idoso, patrulheiros e legionárias, conforme disposto_x000D_
 na Lei n.° 486-A/97.</t>
   </si>
   <si>
     <t>13505</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13505/projeto_de_lei_0074.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13505/projeto_de_lei_0074.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura, na Contabilidade Municipal - Secretaria da Fazenda, de Crédito Adicional Especial visando atender ao Convénio com o PRODESA - Programa de Apoio ao Desenvolvimento do Setor Agro-Pecuário.</t>
   </si>
   <si>
     <t>13506</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13506/projeto_de_lei_0075.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13506/projeto_de_lei_0075.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões na Rua Tenente Durval do Amaral, no trecho compreendido entre a Av. Martins Fontes e a Rua Dr. Magino Bastos, no Catiapoã.</t>
   </si>
   <si>
     <t>13507</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13507/projeto_de_lei_0076.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13507/projeto_de_lei_0076.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o transporte gratuito para estudantes universitários residentes no Município.</t>
   </si>
   <si>
     <t>13508</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13508/projeto_de_lei_0077.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13508/projeto_de_lei_0077.pdf</t>
   </si>
   <si>
     <t>Inclui no currículo escolar da rede municipal de ensino item abordando temas de Informática.</t>
   </si>
   <si>
     <t>13509</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13509/projeto_de_lei_0078.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13509/projeto_de_lei_0078.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação dos Presidentes e Suplentes das JARIs Municipais, fixa remuneração a título pró labore e estabelece condições para a percepção dessa remuneração.</t>
   </si>
   <si>
     <t>13510</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Dr.José Eduardo</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13510/projeto_de_lei_0079.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13510/projeto_de_lei_0079.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões na Rua Sebastião Ribeiro da Silva, no trecho que especifica, no Conjunto Residencial Humaita.</t>
   </si>
   <si>
     <t>13511</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13511/projeto_de_lei_0080.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13511/projeto_de_lei_0080.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei n.° 191-A, que dispõe sobre o Sistema de Transporte Urbano de_x000D_
 Passageiros e dá outras providências, de forma a proporcionar gratuidade aos Escoteiros e_x000D_
 Bandeirantes.</t>
   </si>
   <si>
     <t>13512</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13512/projeto_de_lei_0081.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13512/projeto_de_lei_0081.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 3.° do art. 21 da Lei n.° 486-A/97, que dispõe sobre o serviço de transporte coletivo na modalidade lotação, concedendo gratuidade aos policiais civis e_x000D_
 militares.</t>
   </si>
   <si>
     <t>13513</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13513/projeto_de_lei_0082.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13513/projeto_de_lei_0082.pdf</t>
   </si>
   <si>
     <t>Disciplina a autorização para utilização de bens municipais de uso comum do povo, para realização de quermesses e festas típicas e dá outras providências.</t>
   </si>
   <si>
     <t>13514</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13514/projeto_de_lei_0083.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13514/projeto_de_lei_0083.pdf</t>
   </si>
   <si>
     <t>Proíbe a destinação da Praça Cora Coralina, no Jardim Nosso Lar, para outro fim que não o de área de lazer da comunidade.</t>
   </si>
   <si>
     <t>13515</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13515/projeto_de_lei_0084.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13515/projeto_de_lei_0084.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praça Barão do Rio Branco, pela Cooperativa da Habitação Verde Mar, no período de 20 de junho a 30 de julho_x000D_
 de 2000, para exposição e divulgação de seus empreendimentos.</t>
   </si>
   <si>
     <t>13516</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13516/projeto_de_lei_0085.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13516/projeto_de_lei_0085.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 20 da Lei n.° 191-A/93, que dispõe sobre o sistema de Transporte Urbano de Passageiros, concedendo gratuidade aos policiais civis e militares.</t>
   </si>
   <si>
     <t>13517</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13517/projeto_de_lei_0086.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13517/projeto_de_lei_0086.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com a Universidade Santa Cecília, visando à realização de estágio supervisionado para estudantes dos cursos de Licenciatura.</t>
   </si>
   <si>
     <t>13518</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13518/projeto_de_lei_0087.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13518/projeto_de_lei_0087.pdf</t>
   </si>
   <si>
     <t>Acrescenta expressão ao art. 1° da Lei n° 694-A/99 e dá outras providências.</t>
   </si>
   <si>
     <t>13519</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13519/projeto_de_lei_0088.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13519/projeto_de_lei_0088.pdf</t>
   </si>
   <si>
     <t>Acrescenta expressão ao art. 1° da Lei n° 716-A/99, e dá outras providências.</t>
   </si>
   <si>
     <t>13520</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13520/projeto_de_lei_0089.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13520/projeto_de_lei_0089.pdf</t>
   </si>
   <si>
     <t>Acrescenta expressão ao art. 1° da Lei n° 738-A/99, e dá outras providências.</t>
   </si>
   <si>
     <t>13521</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13521/projeto_de_lei_0090.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13521/projeto_de_lei_0090.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n° 442-A/97, que criou o Fundo Pró Esportes do Município.</t>
   </si>
   <si>
     <t>13522</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13522/projeto_de_lei_0091.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13522/projeto_de_lei_0091.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Governo do Estado, através da Secretaria da Cultura, e receber recursos financeiros a fundo perdido, visando à construção do Monumento dos 500 Anos do Descobrimento.</t>
   </si>
   <si>
     <t>13523</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13523/projeto_de_lei_0092.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13523/projeto_de_lei_0092.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 518-A/97, que criou o Fundo Pró-Desenvolvimento do Comércio e Indústria no Município.</t>
   </si>
   <si>
     <t>13524</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13524/projeto_de_lei_0093.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13524/projeto_de_lei_0093.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n° 443-A/97, que criou o Fundo Pró Cultura do Município.</t>
   </si>
   <si>
     <t>13525</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13525/projeto_de_lei_0094.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13525/projeto_de_lei_0094.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n° 549-A/97, que criou o Fundo Pró-Desenvolvimento do Horto Municipal.</t>
   </si>
   <si>
     <t>13526</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13526/projeto_de_lei_0095.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13526/projeto_de_lei_0095.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorgar a entidade sem fins lucrativos concessão de uso das instalações do Túnel do Tempo, da Casa Martim Afonso, do Pesque-Pague e do Conjunto de Esculturas de Areia, nos termos da Lei Federal n° 8666/93 e suas alterações.</t>
   </si>
   <si>
     <t>13527</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13527/projeto_de_lei_0096.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13527/projeto_de_lei_0096.pdf</t>
   </si>
   <si>
     <t>Autoriza a Associação dos Engenheiros e Arquitetos de São Vicente a construir, na Avenida Capitão-Mor Aguiar, um obelisco, marcando sua existência.</t>
   </si>
   <si>
     <t>13528</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13528/projeto_de_lei_0097.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13528/projeto_de_lei_0097.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo de Previdência Social do Município, o pagamento das aposentadorias, pensões e benefícios, as contribuições dos servidores e dos órgãos da Administração Direta e Indireta, e dá outras providências.</t>
   </si>
   <si>
     <t>13529</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13529/projeto_de_lei_0098.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13529/projeto_de_lei_0098.pdf</t>
   </si>
   <si>
     <t>Acrescenta itens ao art. 1º da Lei nº 1785/78, que autoriza o Poder Executivo a celebrar_x000D_
 Convênio com entidades particulares assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>13530</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13530/projeto_de_lei_0099.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13530/projeto_de_lei_0099.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura, na Contabilidade Municipal Secretaria da Fazenda, de Crédito Adicional Especial visando atender ao Convênio com o Programa Habitar - Brasil / BID - Subprograma UAS - Projeto de Urbanização da Favela do Dique Sambaiatuba.</t>
   </si>
   <si>
     <t>13531</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13531/projeto_de_lei_0100.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13531/projeto_de_lei_0100.pdf</t>
   </si>
   <si>
     <t>Denomina Dr. Mário Diegues a Rua 14, no Parque Continental.</t>
   </si>
   <si>
     <t>13532</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13532/projeto_de_lei_0101.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13532/projeto_de_lei_0101.pdf</t>
   </si>
   <si>
     <t>Denomina Dr. Jayme Hourneaux de Moura a Rua 9 - Mecanizada 1830, com início na Avenida 2 - Mecanizada 1820 e término na Alameda 2 - Mecanizada 1819, no Parque Continental.</t>
   </si>
   <si>
     <t>13533</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13533/projeto_de_lei_0102.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13533/projeto_de_lei_0102.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de serviços de alienação de urnas funerárias, transporte fúnebre e_x000D_
 locação para realização de velórios por parte de empresas ou particulares, no Município.</t>
   </si>
   <si>
     <t>13534</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13534/projeto_de_lei_0103.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13534/projeto_de_lei_0103.pdf</t>
   </si>
   <si>
     <t>Acrescenta itens ao inciso III do art. 7.° da Lei Complementar n.° 271/99, que disciplina o uso_x000D_
 e a ocupação do solo no Município.</t>
   </si>
   <si>
     <t>13535</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13535/projeto_de_lei_0104.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13535/projeto_de_lei_0104.pdf</t>
   </si>
   <si>
     <t>Denomina Vereador Nicolino Simone Filho a Avenida Marginal, Mecanizada 218, no Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>13536</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13536/projeto_de_lei_0105.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13536/projeto_de_lei_0105.pdf</t>
   </si>
   <si>
     <t>Denomina Zélia Dantas Prado a Rua A, na Vila Margarida.</t>
   </si>
   <si>
     <t>13537</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13537/projeto_de_lei_0106.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13537/projeto_de_lei_0106.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 5.° da Lei n.° 675- A/98, que cria zonas de estacionamento rotativo de veículos no Município e dá outras providências.</t>
   </si>
   <si>
     <t>13538</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13538/projeto_de_lei_0107.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13538/projeto_de_lei_0107.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Congregação das Irmãs Passionistas de São Paulo da Cruz - Província de São Gabriel da Virgem Dolorosa, com sede neste Município.</t>
   </si>
   <si>
     <t>13539</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13539/projeto_de_lei_0108.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13539/projeto_de_lei_0108.pdf</t>
   </si>
   <si>
     <t>Denomina Prof.ª Idalina Apparecida Cotrin Appes o Anfiteatro localizado na Praça 22 de_x000D_
 Janeiro, no Centro.</t>
   </si>
   <si>
     <t>13540</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13540/projeto_de_lei_0109.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13540/projeto_de_lei_0109.pdf</t>
   </si>
   <si>
     <t>Denomina José Viegas-Juca a Rua 12 no Parque Continental.</t>
   </si>
   <si>
     <t>13541</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13541/projeto_de_lei_0110.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13541/projeto_de_lei_0110.pdf</t>
   </si>
   <si>
     <t>Denomina Deolinda Fortes dos Santos a Rua B - Mecanizada 4001, com início na Rua Prof.a Yolanda Conte - Mecanizada 640 e término no Canal do Meio, no Planalto Bela Vista.</t>
   </si>
   <si>
     <t>13640</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13640/projeto_de_lei_0111.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13640/projeto_de_lei_0111.pdf</t>
   </si>
   <si>
     <t>Oficializa a realização da Feira Popular de Veículos e da Feira de Comércio Informal de Subsistência, na Cidade Náutica III.</t>
   </si>
   <si>
     <t>13641</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13641/projeto_de_lei_0112.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13641/projeto_de_lei_0112.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção à Associação de Amigos da Pastoral da Criança - Diocese de Santos.</t>
   </si>
   <si>
     <t>13642</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13642/projeto_de_lei_0113.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13642/projeto_de_lei_0113.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1.° da Lei n.° 799-A/99, que proíbe o estacionamento de caminhões_x000D_
 com mais de dois eixos na Rua Armando Victório Bei, na Vila Jóquei Clube.</t>
   </si>
   <si>
     <t>13643</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13643/projeto_de_lei_0114.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13643/projeto_de_lei_0114.pdf</t>
   </si>
   <si>
     <t>Institui, no Calendário Oficial do Município, o Dia do Elismo, a ser comemorado anualmente no dia 8 de agosto.</t>
   </si>
   <si>
     <t>13644</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13644/projeto_de_lei_0115.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13644/projeto_de_lei_0115.pdf</t>
   </si>
   <si>
     <t>Denomina Saulo Tarso Marques de Mello a Rua 33, Mecanizada 1856, no Parque Continental.</t>
   </si>
   <si>
     <t>13645</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13645/projeto_de_lei_0116.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13645/projeto_de_lei_0116.pdf</t>
   </si>
   <si>
     <t>Denomina Laurino Mirabelli a Rua 13 Mecanizada 1834, com início na Avenida 2 Mecanizada 1820 e término na Alameda 2 Mecanizada 1819, no Parque Continental.</t>
   </si>
   <si>
     <t>13646</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Paulinho Alfaiate</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13646/projeto_de_lei_0117.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13646/projeto_de_lei_0117.pdf</t>
   </si>
   <si>
     <t>Inclui no currículo escolar da rede municipal de ensino itens abordando temas de ética, cidadania e direitos humanos.</t>
   </si>
   <si>
     <t>13647</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13647/projeto_de_lei_0118.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13647/projeto_de_lei_0118.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio de cidades-irmãs entre São Vicente-Brasil e Guimarães-Portugal.</t>
   </si>
   <si>
     <t>13648</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13648/projeto_de_lei_0119.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13648/projeto_de_lei_0119.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n.° 799-A, de 27 de dezembro de 1999, que proíbe o estacionamento de_x000D_
 caminhões com mais de dois eixos na Rua Armando Victório Bei, na Vila Jóquei Clube.</t>
   </si>
   <si>
     <t>13649</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13649/projeto_de_lei_0120.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13649/projeto_de_lei_0120.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praça Barão do Rio Branco, no Centro, pela Associação do Arco-íris, no dia 19 de agosto de 2000, para a realização de evento evangélico infantil.</t>
   </si>
   <si>
     <t>13650</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13650/projeto_de_lei_0121.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13650/projeto_de_lei_0121.pdf</t>
   </si>
   <si>
     <t>Altera a redação, acrescenta e revoga dispositivos da Lei n° 395-A/96, que criou o Conselho de Alimentação Escolar, e dá outras providências.</t>
   </si>
   <si>
     <t>13651</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13651/projeto_de_lei_0122.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13651/projeto_de_lei_0122.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convênio com a ONGEPE - Organização Não- Governamental de Ensino, Pesquisa e Extensão para cessão das dependências do CAIC Ayrton Senna da Silva, para o funcionamento de cursos noturnos da Faculdade Popular.</t>
   </si>
   <si>
     <t>13652</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13652/projeto_de_lei_0123.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13652/projeto_de_lei_0123.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o Centro Espírita Beneficente Semente de Luz.</t>
   </si>
   <si>
     <t>13653</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13653/projeto_de_lei_0124.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13653/projeto_de_lei_0124.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação de Engenheiros e Arquitetos de São Vicente.</t>
   </si>
   <si>
     <t>13654</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13654/projeto_de_lei_0125.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13654/projeto_de_lei_0125.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso provisório de veículos em processo de substituição nos serviços de táxi,_x000D_
 transporte coletivo na modalidade lotação e transporte escolar.</t>
   </si>
   <si>
     <t>13655</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13655/projeto_de_lei_0126.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13655/projeto_de_lei_0126.pdf</t>
   </si>
   <si>
     <t>Denomina Rubens das Neves Requejo Gonzalez a Rua 35, no Parque Continental.</t>
   </si>
   <si>
     <t>13656</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13656/projeto_de_lei_0127.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13656/projeto_de_lei_0127.pdf</t>
   </si>
   <si>
     <t>Denomina Professor José Gomes a Rua 10, no Parque Continental.</t>
   </si>
   <si>
     <t>13657</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13657/projeto_de_lei_0128.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13657/projeto_de_lei_0128.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o Centro Comunitário Humaitá.</t>
   </si>
   <si>
     <t>13658</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13658/projeto_de_lei_0129.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13658/projeto_de_lei_0129.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar feira-livre semanal na Rua 45 do Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>13659</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13659/projeto_de_lei_0130.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13659/projeto_de_lei_0130.pdf</t>
   </si>
   <si>
     <t>Assegura o acesso de usuários portando cães e gatos no transporte coletivo municipal por auto-ônibus, por lotação e aos veículos licenciados para o serviço de táxis no Município.</t>
   </si>
   <si>
     <t>13660</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13660/projeto_de_lei_0131.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13660/projeto_de_lei_0131.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo a que se refere o art. 1.° da Lei n.° 765-A/99, que autoriza o Poder Executivo a permitir o uso, pelo BANESPA, de área da Praia do Itararé, defronte da Av. Presidente Wilson, visando à instalação de equipamento de auto-atendimento bancário.</t>
   </si>
   <si>
     <t>13661</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13661/projeto_de_lei_0132.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13661/projeto_de_lei_0132.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, pelo BANESPA, de área da Praça Antônio Carlos_x000D_
 Brasileiro de Almeida Jobim, na confluência das Avenidas Presidente Getúlio Vargas e Embaixador Pedro de Toledo, visando à instalação de equipamento de auto-atendimento bancário.</t>
   </si>
   <si>
     <t>13663</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13663/projeto_de_lei_0133.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13663/projeto_de_lei_0133.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praça Antônio_x000D_
 Carlos Brasileiro de Almeida Jobim, pelo Movimento Suprapartidário de Mulheres de São Vicente, no dia 23 de setembro de 2000, para a realização de ato público.</t>
   </si>
   <si>
     <t>13664</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13664/projeto_de_lei_0134.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13664/projeto_de_lei_0134.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar feira-livre na Rua Sergipe, em Samaritá.</t>
   </si>
   <si>
     <t>13665</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13665/projeto_de_lei_0135.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13665/projeto_de_lei_0135.pdf</t>
   </si>
   <si>
     <t>Altera a redaçâo do art. 20 da Lei n.° 191-A/93, que dispõe sobre o sistema de Transporte Urbano de Passageiros, concedendo gratuidade aos Escoteiros e Bandeirantes.</t>
   </si>
   <si>
     <t>13666</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Bili</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13666/projeto_de_lei_0136.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13666/projeto_de_lei_0136.pdf</t>
   </si>
   <si>
     <t>Autoriza o Clube de Castores de São Vicente a construir, na Avenida Capitão-Mor Aguiar, um obelisco, marcando sua existência.</t>
   </si>
   <si>
     <t>13667</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13667/projeto_de_lei_0137.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13667/projeto_de_lei_0137.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Escovação Dental Diária nas escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>13668</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13668/projeto_de_lei_0138.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13668/projeto_de_lei_0138.pdf</t>
   </si>
   <si>
     <t>Proíbe a destinação da Praça de Esportes do Beija-FIôr Futebol Clube, na Vila Margarida, para outro fim, que não o de área de lazer da comunidade.</t>
   </si>
   <si>
     <t>13669</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13669/projeto_de_lei_0139.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13669/projeto_de_lei_0139.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com a Associação dos Engenheiros e Arquitetos de São Vicente, objetivando a prestação de serviços para orientação técnica na elaboração de projetos, construção e reforma de moradias populares.</t>
   </si>
   <si>
     <t>13670</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13670/projeto_de_lei_0140.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13670/projeto_de_lei_0140.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Governo Federal, através do Ministério da Saúde, para aquisição de Unidade Móvel Odontológica, objetivando fortalecer o Sistema Único de Saúde - SUS e abrir Crédito Adicional Especial, visando atender despesas com o_x000D_
 Convênio.</t>
   </si>
   <si>
     <t>13671</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13671/projeto_de_lei_0141.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13671/projeto_de_lei_0141.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Governo Federal, através do Ministério da Saúde, para equipamento do Hospital São José, objetivando o fortalecimento do Sistema_x000D_
 Único de Saúde - SUS e abrir Crédito Adicional Especial visando atender despesas com o Convênio.</t>
   </si>
   <si>
     <t>13672</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13672/projeto_de_lei_0142.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13672/projeto_de_lei_0142.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o acesso de beneficiários de gratuidade nos veículos de transporte coletivo_x000D_
 na modalidade lotação, de acordo com o disposto no art. 21 da Lei n ° 486-A/97.</t>
   </si>
   <si>
     <t>13673</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13673/projeto_de_lei_0143.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13673/projeto_de_lei_0143.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal da Comunidade Negra e dá outras providências.</t>
   </si>
   <si>
     <t>13674</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13674/projeto_de_lei_0144.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13674/projeto_de_lei_0144.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Sociedade Amigos do Boa Vista.</t>
   </si>
   <si>
     <t>13675</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13675/projeto_de_lei_0145.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13675/projeto_de_lei_0145.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Fiscal do Município de São Vicente para o exercício de 2001 e dá outras providências.</t>
   </si>
   <si>
     <t>13676</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13676/projeto_de_lei_0146.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13676/projeto_de_lei_0146.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento da Caixa de Previdência dos Servidores Municipais de São Vicente para o exercício de 2001 e dá outras providências.</t>
   </si>
   <si>
     <t>13678</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13678/projeto_de_lei_0147.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13678/projeto_de_lei_0147.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento do Serviço de Saúde de São Vicente - SESASV para o exercício de 2001 e dá outras providências.</t>
   </si>
   <si>
     <t>13679</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13679/projeto_de_lei_0148.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13679/projeto_de_lei_0148.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento de Investimentos da CODESAVI - Companhia de Desenvolvimento de São Vicente para o exercício de 2001 e dá outras providências.</t>
   </si>
   <si>
     <t>13680</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13680/projeto_de_lei_0149.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13680/projeto_de_lei_0149.pdf</t>
   </si>
   <si>
     <t>Cria a Comissão Interna de Prevenção de Acidentes CIPA e dá outras providências.</t>
   </si>
   <si>
     <t>13681</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13681/projeto_de_lei_0150.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13681/projeto_de_lei_0150.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n° 395-A, de 29.05.96, que cria o Conselho de Alimentação Escolar no Município, alterada pela Lei n° 886-A, de 16.08.00.</t>
   </si>
   <si>
     <t>13682</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13682/projeto_de_lei_0151.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13682/projeto_de_lei_0151.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de área da Praça Barão do Rio Branco, esquina_x000D_
 com a Rua Martim Afonso, no Centro, pelo SESC, para instalação de trailler.</t>
   </si>
   <si>
     <t>13683</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13683/projeto_de_lei_0152.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13683/projeto_de_lei_0152.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos Vereadores à Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>13684</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13684/projeto_de_lei_0153.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13684/projeto_de_lei_0153.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito Municipal, do vice-Prefeito Municipal, dos Secretários Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>13685</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13685/projeto_de_lei_0154.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13685/projeto_de_lei_0154.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de área da Praça 22 de Janeiro pela dupla musical_x000D_
 Reg's e Isa, para apresentações artísticas nos dias que especifica.</t>
   </si>
   <si>
     <t>13686</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13686/projeto_de_lei_0155.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13686/projeto_de_lei_0155.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a União de Mulheres de São Vicente, com sede neste Município.</t>
   </si>
   <si>
     <t>13687</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>RENATO CARUSO</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13687/projeto_de_lei_0156.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13687/projeto_de_lei_0156.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a criar Rua de Lazer aos domingos, em toda a extensão da Avenida Dr. Eduardo Dias Coelho, na Cidade Náutica.</t>
   </si>
   <si>
     <t>13688</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13688/projeto_de_lei_0157.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13688/projeto_de_lei_0157.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Beneficente Pipa no Ar.</t>
   </si>
   <si>
     <t>13689</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13689/projeto_de_lei_0158.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13689/projeto_de_lei_0158.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a demarcação de vagas defronte ou nas proximidades dos prédios onde funcionem cartórios de notas, registro civil e registro de imóveis e anexos.</t>
   </si>
   <si>
     <t>13690</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Koken Iha</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13690/projeto_de_lei_0159.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13690/projeto_de_lei_0159.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Vicentina de Combate ao Câncer Genoveva Perez.</t>
   </si>
   <si>
     <t>13691</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13691/projeto_de_lei_0160.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13691/projeto_de_lei_0160.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 2.° da Lei n.° 1677/75, que dispõe sobre a instalação de bancas de_x000D_
 jornais e revistas em logradouros públicos do Município.</t>
   </si>
   <si>
     <t>13692</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13692/projeto_de_lei_0161.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13692/projeto_de_lei_0161.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, pelo Banco do Brasil S/A, de área da Praça Antônio Carlos Brasileiro de Almeida Jobim, visando à instalação de equipamento de auto-atendimento bancário.</t>
   </si>
   <si>
     <t>13693</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13693/projeto_de_lei_0162.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13693/projeto_de_lei_0162.pdf</t>
   </si>
   <si>
     <t>Denomina Pastor José Raimundo Bonfim a Rua 36, com inicio na Avenida Paschoal Gzebien e término na Avenida Central, no Parque Continental.</t>
   </si>
   <si>
     <t>13694</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13694/projeto_de_lei_0163.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13694/projeto_de_lei_0163.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 7.° da Lei n.° 486-A/97, que dispõe sobre o transporte coletivo de passageiros na modalidade lotação e dá outras providências.</t>
   </si>
   <si>
     <t>13695</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13695/projeto_de_lei_0164.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13695/projeto_de_lei_0164.pdf</t>
   </si>
   <si>
     <t>Institui, no Município, a Semana da Consciência Negra.</t>
   </si>
   <si>
     <t>13696</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13696/projeto_de_lei_0165.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13696/projeto_de_lei_0165.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Primeira Igreja Batista de São Vicente.</t>
   </si>
   <si>
     <t>13697</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13697/projeto_de_lei_0166.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13697/projeto_de_lei_0166.pdf</t>
   </si>
   <si>
     <t>Denomina Dr. David Capistrano da Costa Filho a Unidade Básica de Saúde da Praça Infante Dom Henrique, no Parque Bitaru.</t>
   </si>
   <si>
     <t>13698</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13698/projeto_de_lei_0167.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13698/projeto_de_lei_0167.pdf</t>
   </si>
   <si>
     <t>Altera a redacão do inciso II do § 3º do art. 2º e do parágrafo único do art. 3° da Lei n° 623-A, de 30.06.98, que disciplina a concessão de adiantamento de numerário e dá outras providências.</t>
   </si>
   <si>
     <t>13699</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13699/projeto_de_lei_0168.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13699/projeto_de_lei_0168.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, pela Empresa Paulo Flor Representações Ltda., de área na Praça Barão do Rio Branco, no período de 15 de dezembro de 2000 a 15 de julho de 2001 para instalação de "stand" de divulgação de serviços oferecidos pela OSAN e planos de saúde.</t>
   </si>
   <si>
     <t>13700</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13700/projeto_de_lei_0169.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13700/projeto_de_lei_0169.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o Lar Espirita Cristão Alvorada Nova.</t>
   </si>
   <si>
     <t>13701</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13701/projeto_de_lei_0170.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13701/projeto_de_lei_0170.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o Esporte Clube Corinthians de Humaitá.</t>
   </si>
   <si>
     <t>13702</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13702/projeto_de_lei_0171.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13702/projeto_de_lei_0171.pdf</t>
   </si>
   <si>
     <t>13703</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13703/projeto_de_lei_0172.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13703/projeto_de_lei_0172.pdf</t>
   </si>
   <si>
     <t>Redenomina e reorganiza a Caixa de Previdência dos Servidores Municipais de São Vicente, cria os Fundos de Previdência Social e de Saúde do Município e dá outras providências.</t>
   </si>
   <si>
     <t>13704</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13704/projeto_de_lei_0173.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13704/projeto_de_lei_0173.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a assumir a dívida da CODESAVI com o INSS e firmar Termo de Acordo com a CODESAVI.</t>
   </si>
   <si>
     <t>13705</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13705/projeto_de_lei_0174.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13705/projeto_de_lei_0174.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Governo do Estado de São Paulo, através da Secretaria de Estado de Esportes e Turismo visando à realização dos 45º Jogos Regionais do Estado de São Paulo.</t>
   </si>
   <si>
     <t>18027</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18027/projeto_de_decreto-legistativo_01.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18027/projeto_de_decreto-legistativo_01.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Emérito ao Prefeito Márcio França.</t>
   </si>
   <si>
     <t>18028</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18028/projeto_de_decreto-legistativo_02.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18028/projeto_de_decreto-legistativo_02.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Vicentino ao Sr. Salim Zugaib pelos relevantes serviços prestados ao Município.</t>
   </si>
   <si>
     <t>18029</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Vicentino ao Sr. Ahmad Kassin Aluan, pelos relevantes serviços prestados à coletividade.</t>
   </si>
   <si>
     <t>18030</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18030/projeto_de_decreto-legistativo_04.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18030/projeto_de_decreto-legistativo_04.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Vicentino ao Sr. Homero dos Santos Rocha, pelos relevantes serviços prestados ao Município.</t>
   </si>
   <si>
     <t>18031</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18031/projeto_de_decreto-legistativo_05.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18031/projeto_de_decreto-legistativo_05.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa da Câmara a determinar a confecção de placa de reconhecimento ao Coronel José Perez Bezzi, pelos relevantes serviços prestados em prol do Exército Nacional.</t>
   </si>
   <si>
     <t>18032</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Vicentino ao Dr. Arthur Luiz Carvalho Miranda, pelos relevantes serviços prestados à coletividade.</t>
   </si>
   <si>
     <t>18034</t>
   </si>
   <si>
     <t>Nicolino Simone Filho</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18034/projeto_de_decreto-legistativo_07.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18034/projeto_de_decreto-legistativo_07.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Vicentino ao Sr. Roberto Clemente Santini.</t>
   </si>
   <si>
     <t>18033</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18033/projeto_de_decreto-legistativo_07.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18033/projeto_de_decreto-legistativo_07.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa da Câmara a determinar a confecção de placa comemorativa do cinquentenário de fundação do Lar Vicentino-Assistência à Velhice.</t>
   </si>
   <si>
     <t>18035</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18035/projeto_de_decreto-legistativo_09.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18035/projeto_de_decreto-legistativo_09.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa da Câmara a confeccionar placa comemorativa dos 75 anos de fundação da Igreja Evangélica Assembléia de Deus de Santos, a ser afixada na sede daquele templo.</t>
   </si>
   <si>
     <t>18036</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18036/projeto_de_decreto-legistativo_10.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18036/projeto_de_decreto-legistativo_10.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Vicentino ao Dr. Wagner Rossi pelos relevantes serviços prestados à coletividade.</t>
   </si>
   <si>
     <t>18037</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18037/projeto_de_decreto-legistativo_11.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18037/projeto_de_decreto-legistativo_11.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Vicentino ao Sr. Manoel Paula Rodrigues, pelos relevantes serviços prestados à coletividade.</t>
   </si>
   <si>
     <t>18038</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18038/projeto_de_decreto-legistativo_12.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18038/projeto_de_decreto-legistativo_12.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Vicentina à Dra. Maria Conceição Perez Domingues.</t>
   </si>
   <si>
     <t>18039</t>
   </si>
   <si>
     <t>Alfredo Moura</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18039/projeto_de_decreto-legistativo_13.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18039/projeto_de_decreto-legistativo_13.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Vicentino ao Sr. Paulo Pereira da Silva, pelos relevantes serviços prestados à coletividade.</t>
   </si>
   <si>
     <t>18040</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18040/projeto_de_decreto-legistativo_14.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18040/projeto_de_decreto-legistativo_14.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Vicentino ao Eng.° Luiz Alfredo de Amorim Ferrauche.</t>
   </si>
   <si>
     <t>18041</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18041/projeto_de_decreto-legistativo_15.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18041/projeto_de_decreto-legistativo_15.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Vicentina à Professora Darcy Moussalli Ungaretti por relevantes serviços prestados ao Município.</t>
   </si>
   <si>
     <t>20135</t>
   </si>
   <si>
     <t>Concede licença por sessenta dias, ao Prefeito Municipal Márcio França, para tratar de assuntos particulares.</t>
   </si>
   <si>
     <t>20136</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Vicentino ao ator Ney Latorraca, pela sua contribuição à coletividade vicentina.</t>
   </si>
   <si>
     <t>20138</t>
   </si>
   <si>
     <t>Concede licença, no período de 12 a 31 de outubro de 2000, ao Prefeito Márcio França, a fim de ausentar-se do Município para, em missão oficial, representar São Vicente no XX Festival Nacional de Gastronomia de Santarém - Portugal.</t>
   </si>
   <si>
     <t>20139</t>
   </si>
@@ -2789,68 +2789,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13419/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13421/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13423/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13424/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13425/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13427/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13429/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13430/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13432/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13433/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13434/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13436/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13438/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13440/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13442/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13443/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13445/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13446/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13448/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13449/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13450/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13451/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13452/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13453/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13454/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13455/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13457/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13458/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13459/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13460/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13461/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13462/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13463/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13465/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13466/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13467/projeto_de_lei_0036.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13468/projeto_de_lei_0037.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13469/projeto_de_lei_0038.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13470/projeto_de_lei_0039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13471/projeto_de_lei_0040.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13472/projeto_de_lei_0041.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13473/projeto_de_lei_0042.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13474/projeto_de_lei_0043.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13475/projeto_de_lei_0044.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13476/projeto_de_lei_0045.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13477/projeto_de_lei_0046.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13478/projeto_de_lei_0047.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13479/projeto_de_lei_0048.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13480/projeto_de_lei_0049.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13481/projeto_de_lei_0050.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13482/projeto_de_lei_0051.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13483/projeto_de_lei_0052.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13484/projeto_de_lei_0053.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13485/projeto_de_lei_0054.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13486/projeto_de_lei_0055.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13487/projeto_de_lei_0056.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13488/projeto_de_lei_0057.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13489/projeto_de_lei_0058.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13490/projeto_de_lei_0059.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13491/projeto_de_lei_0060.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13492/projeto_de_lei_0061.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13493/projeto_de_lei_0062.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13494/projeto_de_lei_0063.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13495/projeto_de_lei_0064.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13496/projeto_de_lei_0065.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13497/projeto_de_lei_0066.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13498/projeto_de_lei_0067.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13499/projeto_de_lei_0068.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13500/projeto_de_lei_0069.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13501/projeto_de_lei_0070.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13502/projeto_de_lei_0071.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13503/projeto_de_lei_0072.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13504/projeto_de_lei_0073.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13505/projeto_de_lei_0074.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13506/projeto_de_lei_0075.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13507/projeto_de_lei_0076.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13508/projeto_de_lei_0077.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13509/projeto_de_lei_0078.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13510/projeto_de_lei_0079.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13511/projeto_de_lei_0080.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13512/projeto_de_lei_0081.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13513/projeto_de_lei_0082.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13514/projeto_de_lei_0083.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13515/projeto_de_lei_0084.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13516/projeto_de_lei_0085.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13517/projeto_de_lei_0086.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13518/projeto_de_lei_0087.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13519/projeto_de_lei_0088.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13520/projeto_de_lei_0089.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13521/projeto_de_lei_0090.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13522/projeto_de_lei_0091.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13523/projeto_de_lei_0092.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13524/projeto_de_lei_0093.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13525/projeto_de_lei_0094.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13526/projeto_de_lei_0095.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13527/projeto_de_lei_0096.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13528/projeto_de_lei_0097.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13529/projeto_de_lei_0098.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13530/projeto_de_lei_0099.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13531/projeto_de_lei_0100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13532/projeto_de_lei_0101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13533/projeto_de_lei_0102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13534/projeto_de_lei_0103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13535/projeto_de_lei_0104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13536/projeto_de_lei_0105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13537/projeto_de_lei_0106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13538/projeto_de_lei_0107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13539/projeto_de_lei_0108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13540/projeto_de_lei_0109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13541/projeto_de_lei_0110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13640/projeto_de_lei_0111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13641/projeto_de_lei_0112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13642/projeto_de_lei_0113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13643/projeto_de_lei_0114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13644/projeto_de_lei_0115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13645/projeto_de_lei_0116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13646/projeto_de_lei_0117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13647/projeto_de_lei_0118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13648/projeto_de_lei_0119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13649/projeto_de_lei_0120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13650/projeto_de_lei_0121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13651/projeto_de_lei_0122.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13652/projeto_de_lei_0123.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13653/projeto_de_lei_0124.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13654/projeto_de_lei_0125.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13655/projeto_de_lei_0126.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13656/projeto_de_lei_0127.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13657/projeto_de_lei_0128.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13658/projeto_de_lei_0129.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13659/projeto_de_lei_0130.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13660/projeto_de_lei_0131.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13661/projeto_de_lei_0132.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13663/projeto_de_lei_0133.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13664/projeto_de_lei_0134.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13665/projeto_de_lei_0135.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13666/projeto_de_lei_0136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13667/projeto_de_lei_0137.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13668/projeto_de_lei_0138.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13669/projeto_de_lei_0139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13670/projeto_de_lei_0140.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13671/projeto_de_lei_0141.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13672/projeto_de_lei_0142.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13673/projeto_de_lei_0143.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13674/projeto_de_lei_0144.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13675/projeto_de_lei_0145.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13676/projeto_de_lei_0146.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13678/projeto_de_lei_0147.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13679/projeto_de_lei_0148.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13680/projeto_de_lei_0149.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13681/projeto_de_lei_0150.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13682/projeto_de_lei_0151.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13683/projeto_de_lei_0152.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13684/projeto_de_lei_0153.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13685/projeto_de_lei_0154.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13686/projeto_de_lei_0155.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13687/projeto_de_lei_0156.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13688/projeto_de_lei_0157.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13689/projeto_de_lei_0158.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13690/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13691/projeto_de_lei_0160.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13692/projeto_de_lei_0161.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13693/projeto_de_lei_0162.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13694/projeto_de_lei_0163.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13695/projeto_de_lei_0164.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13696/projeto_de_lei_0165.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13697/projeto_de_lei_0166.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13698/projeto_de_lei_0167.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13699/projeto_de_lei_0168.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13700/projeto_de_lei_0169.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13701/projeto_de_lei_0170.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13702/projeto_de_lei_0171.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13703/projeto_de_lei_0172.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13704/projeto_de_lei_0173.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13705/projeto_de_lei_0174.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18027/projeto_de_decreto-legistativo_01.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18028/projeto_de_decreto-legistativo_02.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18030/projeto_de_decreto-legistativo_04.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18031/projeto_de_decreto-legistativo_05.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18034/projeto_de_decreto-legistativo_07.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18033/projeto_de_decreto-legistativo_07.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18035/projeto_de_decreto-legistativo_09.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18036/projeto_de_decreto-legistativo_10.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18037/projeto_de_decreto-legistativo_11.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18038/projeto_de_decreto-legistativo_12.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18039/projeto_de_decreto-legistativo_13.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18040/projeto_de_decreto-legistativo_14.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18041/projeto_de_decreto-legistativo_15.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13419/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13421/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13423/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13424/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13425/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13427/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13429/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13430/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13432/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13433/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13434/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13436/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13438/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13440/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13442/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13443/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13445/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13446/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13448/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13449/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13450/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13451/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13452/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13453/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13454/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13455/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13457/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13458/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13459/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13460/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13461/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13462/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13463/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13465/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13466/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13467/projeto_de_lei_0036.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13468/projeto_de_lei_0037.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13469/projeto_de_lei_0038.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13470/projeto_de_lei_0039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13471/projeto_de_lei_0040.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13472/projeto_de_lei_0041.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13473/projeto_de_lei_0042.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13474/projeto_de_lei_0043.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13475/projeto_de_lei_0044.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13476/projeto_de_lei_0045.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13477/projeto_de_lei_0046.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13478/projeto_de_lei_0047.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13479/projeto_de_lei_0048.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13480/projeto_de_lei_0049.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13481/projeto_de_lei_0050.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13482/projeto_de_lei_0051.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13483/projeto_de_lei_0052.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13484/projeto_de_lei_0053.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13485/projeto_de_lei_0054.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13486/projeto_de_lei_0055.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13487/projeto_de_lei_0056.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13488/projeto_de_lei_0057.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13489/projeto_de_lei_0058.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13490/projeto_de_lei_0059.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13491/projeto_de_lei_0060.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13492/projeto_de_lei_0061.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13493/projeto_de_lei_0062.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13494/projeto_de_lei_0063.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13495/projeto_de_lei_0064.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13496/projeto_de_lei_0065.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13497/projeto_de_lei_0066.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13498/projeto_de_lei_0067.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13499/projeto_de_lei_0068.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13500/projeto_de_lei_0069.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13501/projeto_de_lei_0070.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13502/projeto_de_lei_0071.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13503/projeto_de_lei_0072.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13504/projeto_de_lei_0073.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13505/projeto_de_lei_0074.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13506/projeto_de_lei_0075.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13507/projeto_de_lei_0076.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13508/projeto_de_lei_0077.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13509/projeto_de_lei_0078.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13510/projeto_de_lei_0079.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13511/projeto_de_lei_0080.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13512/projeto_de_lei_0081.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13513/projeto_de_lei_0082.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13514/projeto_de_lei_0083.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13515/projeto_de_lei_0084.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13516/projeto_de_lei_0085.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13517/projeto_de_lei_0086.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13518/projeto_de_lei_0087.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13519/projeto_de_lei_0088.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13520/projeto_de_lei_0089.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13521/projeto_de_lei_0090.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13522/projeto_de_lei_0091.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13523/projeto_de_lei_0092.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13524/projeto_de_lei_0093.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13525/projeto_de_lei_0094.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13526/projeto_de_lei_0095.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13527/projeto_de_lei_0096.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13528/projeto_de_lei_0097.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13529/projeto_de_lei_0098.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13530/projeto_de_lei_0099.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13531/projeto_de_lei_0100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13532/projeto_de_lei_0101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13533/projeto_de_lei_0102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13534/projeto_de_lei_0103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13535/projeto_de_lei_0104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13536/projeto_de_lei_0105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13537/projeto_de_lei_0106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13538/projeto_de_lei_0107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13539/projeto_de_lei_0108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13540/projeto_de_lei_0109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13541/projeto_de_lei_0110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13640/projeto_de_lei_0111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13641/projeto_de_lei_0112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13642/projeto_de_lei_0113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13643/projeto_de_lei_0114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13644/projeto_de_lei_0115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13645/projeto_de_lei_0116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13646/projeto_de_lei_0117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13647/projeto_de_lei_0118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13648/projeto_de_lei_0119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13649/projeto_de_lei_0120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13650/projeto_de_lei_0121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13651/projeto_de_lei_0122.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13652/projeto_de_lei_0123.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13653/projeto_de_lei_0124.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13654/projeto_de_lei_0125.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13655/projeto_de_lei_0126.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13656/projeto_de_lei_0127.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13657/projeto_de_lei_0128.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13658/projeto_de_lei_0129.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13659/projeto_de_lei_0130.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13660/projeto_de_lei_0131.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13661/projeto_de_lei_0132.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13663/projeto_de_lei_0133.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13664/projeto_de_lei_0134.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13665/projeto_de_lei_0135.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13666/projeto_de_lei_0136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13667/projeto_de_lei_0137.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13668/projeto_de_lei_0138.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13669/projeto_de_lei_0139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13670/projeto_de_lei_0140.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13671/projeto_de_lei_0141.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13672/projeto_de_lei_0142.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13673/projeto_de_lei_0143.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13674/projeto_de_lei_0144.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13675/projeto_de_lei_0145.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13676/projeto_de_lei_0146.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13678/projeto_de_lei_0147.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13679/projeto_de_lei_0148.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13680/projeto_de_lei_0149.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13681/projeto_de_lei_0150.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13682/projeto_de_lei_0151.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13683/projeto_de_lei_0152.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13684/projeto_de_lei_0153.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13685/projeto_de_lei_0154.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13686/projeto_de_lei_0155.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13687/projeto_de_lei_0156.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13688/projeto_de_lei_0157.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13689/projeto_de_lei_0158.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13690/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13691/projeto_de_lei_0160.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13692/projeto_de_lei_0161.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13693/projeto_de_lei_0162.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13694/projeto_de_lei_0163.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13695/projeto_de_lei_0164.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13696/projeto_de_lei_0165.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13697/projeto_de_lei_0166.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13698/projeto_de_lei_0167.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13699/projeto_de_lei_0168.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13700/projeto_de_lei_0169.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13701/projeto_de_lei_0170.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13702/projeto_de_lei_0171.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13703/projeto_de_lei_0172.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13704/projeto_de_lei_0173.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/13705/projeto_de_lei_0174.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18027/projeto_de_decreto-legistativo_01.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18028/projeto_de_decreto-legistativo_02.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18030/projeto_de_decreto-legistativo_04.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18031/projeto_de_decreto-legistativo_05.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18034/projeto_de_decreto-legistativo_07.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18033/projeto_de_decreto-legistativo_07.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18035/projeto_de_decreto-legistativo_09.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18036/projeto_de_decreto-legistativo_10.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18037/projeto_de_decreto-legistativo_11.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18038/projeto_de_decreto-legistativo_12.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18039/projeto_de_decreto-legistativo_13.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18040/projeto_de_decreto-legistativo_14.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/2000/18041/projeto_de_decreto-legistativo_15.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="109.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="252.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>