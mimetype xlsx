--- v0 (2025-10-23)
+++ v1 (2026-03-17)
@@ -54,2641 +54,2641 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Márcio França</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/4402/projeto_de_lei_0001.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/4402/projeto_de_lei_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar sorteio de prêmios como meio de fiscalização e arrecadação de tributos</t>
   </si>
   <si>
     <t>12809</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12809/projeto_de_lei_0002.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12809/projeto_de_lei_0002.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 4º da Lei nº 217-A, de 29 de novembro de 1993.</t>
   </si>
   <si>
     <t>12810</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12810/projeto_de_lei_0003.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12810/projeto_de_lei_0003.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso das Praias do Itararé e do Gonzaguinha para a realização dos eventos do "Projeto Verão 97".</t>
   </si>
   <si>
     <t>12811</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12811/projeto_de_lei_0004.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12811/projeto_de_lei_0004.pdf</t>
   </si>
   <si>
     <t>Altera a redução do art. 1° da Lei n° 2325/90, dispondo sobre a Limpeza de terrenos e construção de muros em vias públicas sem calçamento.</t>
   </si>
   <si>
     <t>12812</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12812/projeto_de_lei_0005.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12812/projeto_de_lei_0005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção ao Hospital São José.</t>
   </si>
   <si>
     <t>12813</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12813/projeto_de_lei_0006.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12813/projeto_de_lei_0006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênios com o Governo do Estado de São Paulo e a Secretaria da Segurança Pública do Estado, para a execução dos serviços de engenharia, fiscalização, policiamento e controle de tráfego e trânsito nas vias terrestres municipais.</t>
   </si>
   <si>
     <t>12814</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12814/projeto_de_lei_0007.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12814/projeto_de_lei_0007.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com a Secretaria da Receita Federal, objetivando o intercâmbio de informações econômico-fiscais.</t>
   </si>
   <si>
     <t>12815</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12815/projeto_de_lei_0008.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12815/projeto_de_lei_0008.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com a DERSA Desenvolvimento Rodoviário S/A, visando à construção de marginal no Conjunto Habitacional Humaitá.</t>
   </si>
   <si>
     <t>12816</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12816/projeto_de_lei_0009.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12816/projeto_de_lei_0009.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Pró Esportes do Município e dá outras providências.</t>
   </si>
   <si>
     <t>12817</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12817/projeto_de_lei_0010.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12817/projeto_de_lei_0010.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Pró Cultura do Município e dá outras providências.</t>
   </si>
   <si>
     <t>12818</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12818/projeto_de_lei_0011.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12818/projeto_de_lei_0011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com o Governo do Estado de São Paulo, por intermédio da Secretaria da Segurança Pública, para fornecimento de combustível às viaturas_x000D_
 em serviços policiais locais.</t>
   </si>
   <si>
     <t>12819</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Carlos Santiago</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12819/projeto_de_lei_0012.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12819/projeto_de_lei_0012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a entrada de ônibus de turismo no Parque Xixová-Japuí e dá outras providências.</t>
   </si>
   <si>
     <t>12820</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12820/projeto_de_lei_0013.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12820/projeto_de_lei_0013.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei n.° 252-A, que dispõe sobre o transporte coletivo de escolares no Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>12821</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>José  Soares</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12821/projeto_de_lei_0014.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12821/projeto_de_lei_0014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a permitir à empresa Xuca Show o uso, a título precário, no período de 6 a 28 de fevereiro de 1997 de área localizada na confluência da Marginal 1 com a Avenida Central, no Jardim Rio Branco, para a instalação de circo.</t>
   </si>
   <si>
     <t>12822</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12822/projeto_de_lei_0015.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12822/projeto_de_lei_0015.pdf</t>
   </si>
   <si>
     <t>Regulamenta o estacionamento de caminhões na Rua Carijós, no Parque São Vicente.</t>
   </si>
   <si>
     <t>12823</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12823/projeto_de_lei_0016.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12823/projeto_de_lei_0016.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1º da Lei nº 370-A, que dispõe sobre a demarcação de áreas exclusivas de estacionamento de veículos defronte das redes de órgãos de comunicação.</t>
   </si>
   <si>
     <t>12824</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12824/projeto_de_lei_0017.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12824/projeto_de_lei_0017.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Educação de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>12825</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12825/projeto_de_lei_0018.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12825/projeto_de_lei_0018.pdf</t>
   </si>
   <si>
     <t>Concede Vale Refeição aos servidores públicos em atividade da Prefeitura, Caixa de Previdência e SESASV - Serviço de Saúde de São Vicente.</t>
   </si>
   <si>
     <t>12826</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Paulinho Alfaiate</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12826/projeto_de_lei_0019.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12826/projeto_de_lei_0019.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões nos dois lados da Avenida Quintino Bocaiuva, entre_x000D_
 as Ruas Tibiricá e Visconde do Rio Branco, e entre a Rua Messia Açu e a Av. Manoel da_x000D_
 Nóbrega.</t>
   </si>
   <si>
     <t>12827</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12827/projeto_de_lei_0020.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12827/projeto_de_lei_0020.pdf</t>
   </si>
   <si>
     <t>Altera redação do art. 3º da Lei nº 74-A/91, que dispõe sobre a isenção do Imposto Sobre Serviços de Qualquer Natureza aos estabelecimentos de ensino em geral e os critérios para concessão de bolsas de estudos.</t>
   </si>
   <si>
     <t>12828</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12828/projeto_de_lei_0021.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12828/projeto_de_lei_0021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Convênio com o Governo do Estado de São Paulo, através da Secretaria da Educação, objetivando a implantação e o desenvolvimento de_x000D_
 programas na área da Educação.</t>
   </si>
   <si>
     <t>12829</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Koken Iha</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12829/projeto_de_lei_0022.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12829/projeto_de_lei_0022.pdf</t>
   </si>
   <si>
     <t>Concede desconto no valor anual do IPTU aos contribuintes que adotarem legalmente crianças, no Município.</t>
   </si>
   <si>
     <t>12830</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Ricardo Veron</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12830/projeto_de_lei_0023.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12830/projeto_de_lei_0023.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões na Rua Dr. Rubim César, na Vila São Jorge.</t>
   </si>
   <si>
     <t>12831</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Prof. Rubinho</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12831/projeto_de_lei_0024.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12831/projeto_de_lei_0024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir a empresa Samparques Diversões Ltda. o uso de área_x000D_
 localizada na Praça 119 no Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>12832</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12832/projeto_de_lei_0025.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12832/projeto_de_lei_0025.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei n.° 158-A de 10/5/1993 que dispõe sobre a obrigatoriedade do rebaixamento de guias, passeios públicos e canteiros centrais para os fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>12833</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12833/projeto_de_lei_0026.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12833/projeto_de_lei_0026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com a Secretaria da Fazenda do Estado de São Paulo, rifando ao incremento da arrecadação de tributos.</t>
   </si>
   <si>
     <t>12834</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Carlos Silva</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12834/projeto_de_lei_0027.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12834/projeto_de_lei_0027.pdf</t>
   </si>
   <si>
     <t>Proíbe a passagem de caminhões de grande porte na Av. 9 de Julho, Vila Cascatinha.</t>
   </si>
   <si>
     <t>12835</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12835/projeto_de_lei_0028.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12835/projeto_de_lei_0028.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei n.º 191-A. de 30/9/93, que dispõe sobre o Sistema de Transporte Urbano de Passageiros.</t>
   </si>
   <si>
     <t>12836</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>RENATO CARUSO</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12836/projeto_de_lei_0029.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12836/projeto_de_lei_0029.pdf</t>
   </si>
   <si>
     <t>Altera a redação do "caput" e acrescenta parágrafos ao art. 3.° da Lei n.° 206-A. de 16/11/93. que disciplina a permanência temporária de ônibus de turismo no Município de São Vicente.</t>
   </si>
   <si>
     <t>12837</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12837/projeto_de_lei_0030.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12837/projeto_de_lei_0030.pdf</t>
   </si>
   <si>
     <t>Institui no Município o Concurso "500 anos do Descobrimento do Brasil".</t>
   </si>
   <si>
     <t>12838</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12838/projeto_de_lei_0031.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12838/projeto_de_lei_0031.pdf</t>
   </si>
   <si>
     <t>Estabelece obrigatoriedade de reserva de 10% das áreas edificadas como prédios, para uso de lazer das crianças e adolescentes.</t>
   </si>
   <si>
     <t>12839</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Brito Coelho</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12839/projeto_de_lei_0032.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12839/projeto_de_lei_0032.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei n.º 310-A que dispõe sobre desconto na aquisição de_x000D_
 ingressos de cinemas, teatros, cineclubes. espetáculos circenses, eventos esportivos e espetáculos musicais aos idosos com mais 60 anos, estendendo sua aplicação a aposentados e pensionistas.</t>
   </si>
   <si>
     <t>12840</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Luiz Antonio</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12840/projeto_de_lei_0033.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12840/projeto_de_lei_0033.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de área da Praia do Itararé pela empresa Happy Center Parque para instalação de parque de diversões.</t>
   </si>
   <si>
     <t>12841</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12841/projeto_de_lei_0034.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12841/projeto_de_lei_0034.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a permitir o uso do canteiro central da Av. Antônio Emmerich para a construção de abrigo para viatura da Polícia Militar.</t>
   </si>
   <si>
     <t>12842</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12842/projeto_de_lei_0035.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12842/projeto_de_lei_0035.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso da Praça da Bíblia, na Vila Valença. pelo Sr. Cláudio Marcos Alves, para instalação de uma banca de jornais e revistas.</t>
   </si>
   <si>
     <t>12843</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12843/projeto_de_lei_0036.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12843/projeto_de_lei_0036.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na Lei 1785/78. que autoriza o Poder Executivo a celebrar convênio com entidades assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>12844</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Adelson Prado</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12844/projeto_de_lei_0037.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12844/projeto_de_lei_0037.pdf</t>
   </si>
   <si>
     <t>Proíbe a passagem de caminhões com mais de três eixos na Ponte Jornal A Tribuna e na Ponte_x000D_
 do Rio D'Avó.</t>
   </si>
   <si>
     <t>12845</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12845/projeto_de_lei_0038.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12845/projeto_de_lei_0038.pdf</t>
   </si>
   <si>
     <t>Cria. o Fundo de Apoio à Pessoa Portadora de Deficiência Física e dá outras providências.</t>
   </si>
   <si>
     <t>12846</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Dr.José Eduardo</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12846/projeto_de_lei_0039.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12846/projeto_de_lei_0039.pdf</t>
   </si>
   <si>
     <t>Proíbe o trânsito de caminhões com mais de dois eixos no trecho compreendido pela Estação_x000D_
 Ferroviária, Avenida Central e ponte Jornal A Tribuna, no Jardim Rio Branco.</t>
   </si>
   <si>
     <t>12847</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Bili</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12847/projeto_de_lei_0040.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12847/projeto_de_lei_0040.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na Lei n.° 1785/78. que autoriza o Poder Executivo a celebrar convênio com entidades assistenciais e de benemerência situadas no Município.</t>
   </si>
   <si>
     <t>12848</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12848/projeto_de_lei_0041.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12848/projeto_de_lei_0041.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões em toda a extensão da Av. Vereador Walter Melarato, no Conjunto Residencial Humaitá.</t>
   </si>
   <si>
     <t>12849</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Altair di Marco</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12849/projeto_de_lei_0042.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12849/projeto_de_lei_0042.pdf</t>
   </si>
   <si>
     <t>Denomina Pr. Luiz Gonzaga de Oliveira Gomes a creche do bairro Japuí.</t>
   </si>
   <si>
     <t>12850</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12850/projeto_de_lei_0043.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12850/projeto_de_lei_0043.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalação de sinalização especifica para travessia de_x000D_
 deficientes visuais nas principais vias públicas do Município.</t>
   </si>
   <si>
     <t>12851</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12851/projeto_de_lei_0044.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12851/projeto_de_lei_0044.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de Concurso de Poesia, e dá outras providências.</t>
   </si>
   <si>
     <t>12852</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Roberto Rocha</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12852/projeto_de_lei_0045.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12852/projeto_de_lei_0045.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de conteúdos voltados para o processo de envelhecimento e respeito aos idosos nos currículos.</t>
   </si>
   <si>
     <t>12853</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12853/projeto_de_lei_0046.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12853/projeto_de_lei_0046.pdf</t>
   </si>
   <si>
     <t>Autoriza, o Poder Executivo a celebrar convênio com a Secretaria da Criança, Família e Bem-Estar Social do Estado de São Paulo.</t>
   </si>
   <si>
     <t>12854</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12854/projeto_de_lei_0047.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12854/projeto_de_lei_0047.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a entrada, o trânsito e a permanência temporária de ônibus de turismo no Município e dá outras providências.</t>
   </si>
   <si>
     <t>12855</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12855/projeto_de_lei_0048.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12855/projeto_de_lei_0048.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o transporte coletivo de passageiros, na modalidade lotação, e dá outras providências.</t>
   </si>
   <si>
     <t>12856</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12856/projeto_de_lei_0049.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12856/projeto_de_lei_0049.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício de 1998 e dá outras providências.</t>
   </si>
   <si>
     <t>12857</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12857/projeto_de_lei_0050.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12857/projeto_de_lei_0050.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber, mediante repasse efetuado pelo Governo do Estado de São Paulo, recursos financeiros a fundo perdido, visando à realização de obras de infra-estrutura urbana e pavimentação de ruas.</t>
   </si>
   <si>
     <t>12858</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12858/projeto_de_lei_0051.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12858/projeto_de_lei_0051.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Luta pela Reforma Agrária.</t>
   </si>
   <si>
     <t>12859</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12859/projeto_de_lei_0052.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12859/projeto_de_lei_0052.pdf</t>
   </si>
   <si>
     <t>Autoriza, o Poder Executivo a celebrar convênio com o Clube de Mães do Japuí, visando à manutenção e o funcionamento da Creche "Dr. Luiz Gonzaga de Oliveira Gomes", no bairro_x000D_
 Japuí.</t>
   </si>
   <si>
     <t>12860</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12860/projeto_de_lei_0053.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12860/projeto_de_lei_0053.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com entidades particulares assistenciais, de benemerência, culturais, educacionais, associações de classe e sociedades de melhoramentos, visando à prestação de serviços à coletividade.</t>
   </si>
   <si>
     <t>12861</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12861/projeto_de_lei_0054.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12861/projeto_de_lei_0054.pdf</t>
   </si>
   <si>
     <t>Institui o Dia dos Espiritas a ser comemorado no Município anualmente a 18 de abril.</t>
   </si>
   <si>
     <t>12863</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12863/projeto_de_lei_0056.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12863/projeto_de_lei_0056.pdf</t>
   </si>
   <si>
     <t>Denomina Jayme Pinheiro Guimarães, a Rua 2, situada na Vila Ema, região continental do_x000D_
 Município.</t>
   </si>
   <si>
     <t>12864</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Luciano Batista</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12864/projeto_de_lei_0057.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12864/projeto_de_lei_0057.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso da Praia do Itararé para implantação de projeto de urbanização esportiva.</t>
   </si>
   <si>
     <t>12865</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12865/projeto_de_lei_0058.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12865/projeto_de_lei_0058.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorgar permissão de uso da orla das praias, para instalação de_x000D_
 chuveiros, e de próprios municipais, visando à instalação de máquinas para venda de_x000D_
 refrigerantes e produtos alimentícios, com destinação da renda ao Fundo Social de Solidariedade do Município.</t>
   </si>
   <si>
     <t>12866</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12866/projeto_de_lei_0059.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12866/projeto_de_lei_0059.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único do art. 1º da Lei nº 158-A/93, alterada pela Lei nº 457-A/97, que dispõe sobre a obrigatoriedade do rebaixamento de guias, passeios públicos e_x000D_
 canteiros centrais.</t>
   </si>
   <si>
     <t>12867</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12867/projeto_de_lei_0060.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12867/projeto_de_lei_0060.pdf</t>
   </si>
   <si>
     <t>Denomina Dr. Marcelo Ribeiro Nogueira, a Rua 1, situada na Vila Ema, região continental do Município.</t>
   </si>
   <si>
     <t>12868</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12868/projeto_de_lei_0061.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12868/projeto_de_lei_0061.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso da Praça conhecida como "Chico Mendes", no Jardim Rio Branco, para a realização de festejos juninos.</t>
   </si>
   <si>
     <t>12869</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12869/projeto_de_lei_0062.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12869/projeto_de_lei_0062.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização anual da Olimpíada Estudantil dos Deficientes.</t>
   </si>
   <si>
     <t>12870</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12870/projeto_de_lei_0063.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12870/projeto_de_lei_0063.pdf</t>
   </si>
   <si>
     <t>Disciplina o funcionamento de estabelecimentos que comercializam animais.</t>
   </si>
   <si>
     <t>12871</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12871/projeto_de_lei_0064.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12871/projeto_de_lei_0064.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões na Rua Francisco Sá e Av. Divisória, na Vila São Jorge.</t>
   </si>
   <si>
     <t>12872</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12872/projeto_de_lei_0065.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12872/projeto_de_lei_0065.pdf</t>
   </si>
   <si>
     <t>Denomina Pastor Ney Ângelo Pereira, a atual Avenida A. localizada no Conjunto Residencial_x000D_
 Humaitá.</t>
   </si>
   <si>
     <t>12873</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12873/projeto_de_lei_0066.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12873/projeto_de_lei_0066.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a destinar à Cooperativa de Consumo dos Servidores Municipais de São Vicente recursos no valor de até R$ 86.500,00, para fornecimento de cestas básicas aos servidores da Prefeitura, do SESASV e da Caixa de Previdência, nas condições que especifica.</t>
   </si>
   <si>
     <t>12874</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12874/projeto_de_lei_0067.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12874/projeto_de_lei_0067.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n.° 70-A, de 21/11/1991, que dispõe sobre a isenção de pagamento do Estacionamento Regulamentado aos veículos com placas de São Vicente.</t>
   </si>
   <si>
     <t>12875</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Ivan de Souza</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12875/projeto_de_lei_0068.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12875/projeto_de_lei_0068.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso da Praça Brasília, no Parque das Bandeiras, para a realização de festejos juninos, pela Igreja Nossa Senhora Auxiliadora.</t>
   </si>
   <si>
     <t>12876</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12876/projeto_de_lei_0069.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12876/projeto_de_lei_0069.pdf</t>
   </si>
   <si>
     <t>Institui a Semana da Enfermagem no Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>12877</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12877/projeto_de_lei_0070.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12877/projeto_de_lei_0070.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Pró Transportes do Município e dá outras providências.</t>
   </si>
   <si>
     <t>12878</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12878/projeto_de_lei_0071.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12878/projeto_de_lei_0071.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação dos Autistas de São Vicente</t>
   </si>
   <si>
     <t>12879</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12879/projeto_de_lei_0072.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12879/projeto_de_lei_0072.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de caminhões com mais de dois eixos em toda extensão da Rua Pr. Armando de Salles Oliveira, na Vila Valença.</t>
   </si>
   <si>
     <t>12880</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>João Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12880/projeto_de_lei_0073.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12880/projeto_de_lei_0073.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, da Rua João Stefan, na Vila Jóquei Clube, para a realização de quermesse.</t>
   </si>
   <si>
     <t>12881</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12881/projeto_de_lei_0074.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12881/projeto_de_lei_0074.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a efetuar repasse de verba ao Instituto Histórico e Geográfico de São Vicente, nos termos que especifica.</t>
   </si>
   <si>
     <t>12882</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12882/projeto_de_lei_0075.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12882/projeto_de_lei_0075.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder à Fundação Pinacoteca Benedicto Calixto, pelo prazo de 6 (seis) meses, as obras do artista, integrantes do patrimônio municipal, para restauração, exposição e visitação pública.</t>
   </si>
   <si>
     <t>12883</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12883/projeto_de_lei_0076.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12883/projeto_de_lei_0076.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com a Secretaria de Agricultura e Abastecimento do Estado de São Paulo, objetivando a execução do Programa Campo/Cidade-Leite.</t>
   </si>
   <si>
     <t>12884</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12884/projeto_de_lei_0077.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12884/projeto_de_lei_0077.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a efetuar despesas com servidores e equipamentos do DAEE_x000D_
 colocados à disposição da Prefeitura para os serviços de limpeza e desassoreamento de_x000D_
 canais do Município.</t>
   </si>
   <si>
     <t>12885</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Carlos Roberto Gigliotti</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12885/projeto_de_lei_0078.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12885/projeto_de_lei_0078.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praia do Itararé para instalação de equipamento de auto-atendimento bancário pelo BANESPA.</t>
   </si>
   <si>
     <t>12886</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12886/projeto_de_lei_0079.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12886/projeto_de_lei_0079.pdf</t>
   </si>
   <si>
     <t>Autoriza o Lions Clube de São Vicente-Praia a construir, na Av. Capitão-Mor Aguiar, um_x000D_
 obelisco em comemoração ao 15° aniversário de sua fundação.</t>
   </si>
   <si>
     <t>12887</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12887/projeto_de_lei_0080.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12887/projeto_de_lei_0080.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso de área da Av. Marcolino Xavier de Carvalho,_x000D_
 defronte da Rua 4. na Cidade Náutica, para construção e implantação de posto policial.</t>
   </si>
   <si>
     <t>12888</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Marcos Calvo</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12888/projeto_de_lei_0081.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12888/projeto_de_lei_0081.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Ação de Escovação Dental Diária, destinada aos alunos de creches e escolas e dá outras providências.</t>
   </si>
   <si>
     <t>12889</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12889/projeto_de_lei_0082.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12889/projeto_de_lei_0082.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal do Aleitamento Materno e dá outras providências.</t>
   </si>
   <si>
     <t>12890</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12890/projeto_de_lei_0083.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12890/projeto_de_lei_0083.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei n° 447-A/97, que criou o Conselho Municipal de_x000D_
 Educação de São Vicente, e dá outras providências.</t>
   </si>
   <si>
     <t>12891</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12891/projeto_de_lei_0084.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12891/projeto_de_lei_0084.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Vacinação do Idoso e dá outras providências.</t>
   </si>
   <si>
     <t>12892</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12892/projeto_de_lei_0085.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12892/projeto_de_lei_0085.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao artigo 12 da Lei 486-A, de 30 de maio de 1997, que dispõe sobre o transporte coletivo de passageiros na modalidade lotação, e dá outras providências</t>
   </si>
   <si>
     <t>12893</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12893/projeto_de_lei_0086.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12893/projeto_de_lei_0086.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso VIII do art. 13 da Lei nº 486-A/97, que dispõe sobre o transporte coletivo de passageiros na modalidade lotação e dá outras providências.</t>
   </si>
   <si>
     <t>12895</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12895/projeto_de_lei_0087.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12895/projeto_de_lei_0087.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Desafio em Defesa do Meio Ambiente, a ser comemorado anualmente em 5 de junho.</t>
   </si>
   <si>
     <t>12896</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12896/projeto_de_lei_0088.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12896/projeto_de_lei_0088.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, da Praça 22 de Janeiro, pelo Grupo Escoteiros do Mar Presbiteriano no dia 20 de junho de 1997 para a realização do ato "O Fogo do Conselho".</t>
   </si>
   <si>
     <t>12897</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12897/projeto_de_lei_0089.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12897/projeto_de_lei_0089.pdf</t>
   </si>
   <si>
     <t>Fixa em 8 (oito) anos o mandato dos atuais membros dos Conselhos de Administração e_x000D_
 Fiscal da Caixa de Previdência dos Servidores Municipais de São Vicente.</t>
   </si>
   <si>
     <t>12898</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12898/projeto_de_lei_0090.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12898/projeto_de_lei_0090.pdf</t>
   </si>
   <si>
     <t>Autoriza o uso, a título precário, da Praça 118, no Conjunto Residencial Humaitá. pela empresa SAMPARKS - Diversões, para instalação de parque de diversões.</t>
   </si>
   <si>
     <t>12899</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12899/projeto_de_lei_0091.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12899/projeto_de_lei_0091.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, pelo Ilha Porchat Clube, a título precário, de área da Praia do Itararé, contígua à sua sede social, para a realização da festa "Uma Noite nos Mares do Sul", a ser promovida em 14 de fevereiro de 1998.</t>
   </si>
   <si>
     <t>12900</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12900/projeto_de_lei_0092.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12900/projeto_de_lei_0092.pdf</t>
   </si>
   <si>
     <t>Denomina Padre André de Soveral a Rua 3, na Vila Ema.</t>
   </si>
   <si>
     <t>12901</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12901/projeto_de_lei_0093.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12901/projeto_de_lei_0093.pdf</t>
   </si>
   <si>
     <t>Denomina Ana Lúcia Almeida de Oliveira o Núcleo Municipal de Atendimento ao Autista - NUMAA.</t>
   </si>
   <si>
     <t>12902</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12902/projeto_de_lei_0094.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12902/projeto_de_lei_0094.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso pelo Ilha Porchat Clube, de área contígua à sua sede social na Praia do Itararé, para estacionamento de veículos.</t>
   </si>
   <si>
     <t>12903</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12903/projeto_de_lei_0095.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12903/projeto_de_lei_0095.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n.° 92-A, de 24.03.92, que dispõe sobre o Sistema Único de Saúde - SUS no Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>12904</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12904/projeto_de_lei_0096.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12904/projeto_de_lei_0096.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de Convênio com a Secretaria de Esporte e Turismo do Estado de_x000D_
 São Paulo, para liberação de verbas visando à execução de obras e à realização de eventos de_x000D_
 natureza turística e esportiva, e dá outras providências.</t>
   </si>
   <si>
     <t>12905</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12905/projeto_de_lei_0097.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12905/projeto_de_lei_0097.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a utilizar área da Praia do Itararé para a implantação de projeto de urbanização esportiva e realização de eventos a ele relacionados.</t>
   </si>
   <si>
     <t>12906</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12906/projeto_de_lei_0098.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12906/projeto_de_lei_0098.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e instituição do Serviço Municipal de Concursos de Prognósticos, como meio de captação de recursos financeiros para a seguridade social.</t>
   </si>
   <si>
     <t>12907</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Alfredo Moura</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12907/projeto_de_lei_0099.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12907/projeto_de_lei_0099.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3.° da Lei n.° 165-A, de 3 de junho de 1993, com as posteriores alterações, que cria o Conselho Municipal de Habitação e dá outras providências.</t>
   </si>
   <si>
     <t>12908</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12908/projeto_de_lei_0100.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12908/projeto_de_lei_0100.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a figurar como avalista da CODESAVI nos acordos de pagamento parcelado de dívidas para com a Fazenda Nacional, relativas a COFINS - Contribuição para Financiamento da Seguridade Social, Imposto de Renda-Pessoa Jurídica e multas por infração à CLT.</t>
   </si>
   <si>
     <t>12909</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12909/projeto_de_lei_0101.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12909/projeto_de_lei_0101.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o governo do Estado de São Paulo, por intermédio da Secretaria da Educação e a Fundação para o Desenvolvimento da Educação, objetivando a implantação e o desenvolvimento do Programa de Ação Cooperativa Estado-Município para Construções Escolares - PAC.</t>
   </si>
   <si>
     <t>12910</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12910/projeto_de_lei_0102.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12910/projeto_de_lei_0102.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial destinado à constituição do_x000D_
 Fundo de Desenvolvimento Metropolitano - FUNDO criado pela Lei Complementar Estadual nº 815/96, visando ao funcionamento do Conselho de Desenvolvimento da Região Metropolitana da Baixada Santista.</t>
   </si>
   <si>
     <t>12911</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12911/projeto_de_lei_0103.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12911/projeto_de_lei_0103.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o trânsito de caminhões com mais de dois eixos nas vias públicas da Vila Valença.</t>
   </si>
   <si>
     <t>12912</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>JOSE APARECIDO DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12912/projeto_de_lei_0104.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12912/projeto_de_lei_0104.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafos ao art. 1.° da Lei nº 492-A, de 9.6.97, que proíbe o trânsito de caminhões com mais de dois eixos no trecho compreendido pela Estação Ferroviária, Avenida Central e Ponte Jornal A Tribuna, no Jardim Rio Branco.</t>
   </si>
   <si>
     <t>12913</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12913/projeto_de_lei_0105.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12913/projeto_de_lei_0105.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso III do art. 4.° da Lei n.° 1677/75 que dispõe sobre a instalação de bancas de jornais e revistas em logradouros públicos e dá outras providências.</t>
   </si>
   <si>
     <t>12914</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12914/projeto_de_lei_0106.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12914/projeto_de_lei_0106.pdf</t>
   </si>
   <si>
     <t>Oficializa, no Município, a Festa do Morango.</t>
   </si>
   <si>
     <t>12915</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Ulisses Morozetti</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12915/projeto_de_lei_0107.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12915/projeto_de_lei_0107.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Doador de Sangue, a ser comemorado. anualmente; em 25 de novembro e dá outras providências.</t>
   </si>
   <si>
     <t>12916</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12916/projeto_de_lei_0108.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12916/projeto_de_lei_0108.pdf</t>
   </si>
   <si>
     <t>Institui Programa de Saúde Auditiva para atendimento de crianças do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>12917</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12917/projeto_de_lei_0109.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12917/projeto_de_lei_0109.pdf</t>
   </si>
   <si>
     <t>Obriga borracharias e empresas de recauchutagem a adotar medidas visando evitar a proliferação de doença relacionada com a dengue.</t>
   </si>
   <si>
     <t>12918</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12918/projeto_de_lei_0110.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12918/projeto_de_lei_0110.pdf</t>
   </si>
   <si>
     <t>Denomina Dr. Luiz Gonzaga de Oliveira Gomes a Fonte Luminosa localizada na Praça 22 de Janeiro Praça da Biquinha.</t>
   </si>
   <si>
     <t>12919</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12919/projeto_de_lei_0111.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12919/projeto_de_lei_0111.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Pró Desenvolvimento do Comércio e Indústria do Município e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>12920</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12920/projeto_de_lei_0112.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12920/projeto_de_lei_0112.pdf</t>
   </si>
   <si>
     <t>Denomina Praça Kotoku lha área localizada na Rua Japão.</t>
   </si>
   <si>
     <t>12921</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12921/projeto_de_lei_0113.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12921/projeto_de_lei_0113.pdf</t>
   </si>
   <si>
     <t>Denomina Padre Nivaldo Vicente dos Santos a Rua 4. situada na Vila Ema, região continental do Município.</t>
   </si>
   <si>
     <t>12922</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12922/projeto_de_lei_0114.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12922/projeto_de_lei_0114.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área localizada na confluência da Marginal 1 com a Avenida Central, no Jardim Rio Branco, pelo Circo Liverpool, no período de 15 a 29 de agosto de 1997.</t>
   </si>
   <si>
     <t>12923</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12923/projeto_de_lei_0115.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12923/projeto_de_lei_0115.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto Férias, a ser desenvolvido no período de recesso escolar e férias nas escolas municipais.</t>
   </si>
   <si>
     <t>12924</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12924/projeto_de_lei_0116.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12924/projeto_de_lei_0116.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praça Barão do Rio Branco na esquina com a Rua Martim Afonso, no Centro, pelo SESC, para a instalação de "trailler".</t>
   </si>
   <si>
     <t>12925</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12925/projeto_de_lei_0117.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12925/projeto_de_lei_0117.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, pelo Parque de Diversões Diego, de área que especifica, situada no Jardim Rio Branco.</t>
   </si>
   <si>
     <t>12926</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12926/projeto_de_lei_0118.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12926/projeto_de_lei_0118.pdf</t>
   </si>
   <si>
     <t>Institui a Semana do Estudante, a ser comemorada anualmente na segunda semana de agosto.</t>
   </si>
   <si>
     <t>12927</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12927/projeto_de_lei_0119.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12927/projeto_de_lei_0119.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Vila Ponte Nova - Instituição Promocional - VIP, com sede no Município de São Vicente.</t>
   </si>
   <si>
     <t>12928</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Emmanuel Pimentel</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12928/projeto_de_lei_0120.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12928/projeto_de_lei_0120.pdf</t>
   </si>
   <si>
     <t>Denomina Geralda Martins de Oliveira a Rua 2, na Vila Matias, região continental do Município.</t>
   </si>
   <si>
     <t>12929</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12929/projeto_de_lei_0121.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12929/projeto_de_lei_0121.pdf</t>
   </si>
   <si>
     <t>Denomina António Victor Lopes, a Rua 1, na Vila Matias.</t>
   </si>
   <si>
     <t>12930</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12930/projeto_de_lei_0122.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12930/projeto_de_lei_0122.pdf</t>
   </si>
   <si>
     <t>Denomina José Ubirajara Barroso de Oliveira a Rua 3, na Vila Matias.</t>
   </si>
   <si>
     <t>12931</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12931/projeto_de_lei_0123.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12931/projeto_de_lei_0123.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a destinar verba que especifica à Associação de Pais e Mestres da EMEI Vila Ema.</t>
   </si>
   <si>
     <t>12932</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12932/projeto_de_lei_0124.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12932/projeto_de_lei_0124.pdf</t>
   </si>
   <si>
     <t>Denomina Casa de Oração a Rua 3, no Parque Continental.</t>
   </si>
   <si>
     <t>12933</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12933/projeto_de_lei_0125.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12933/projeto_de_lei_0125.pdf</t>
   </si>
   <si>
     <t>Denomina José Gomes de Menezes a Rua 4, na Vila Matias.</t>
   </si>
   <si>
     <t>12934</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12934/projeto_de_lei_0126.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12934/projeto_de_lei_0126.pdf</t>
   </si>
   <si>
     <t>Denomina Soloh de Oliveira a Rua 12, localizada na Vila Matias.</t>
   </si>
   <si>
     <t>12935</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12935/projeto_de_lei_0127.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12935/projeto_de_lei_0127.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafos ao art. 1° da Lei n° 486-A/97, que dispõe sobre o transporte coletivo de passageiros na modalidade lotação.</t>
   </si>
   <si>
     <t>12936</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12936/projeto_de_lei_0128.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12936/projeto_de_lei_0128.pdf</t>
   </si>
   <si>
     <t>Denomina José Espírito Santo a Rua 10, na Vila Matias, região continental do Município.</t>
   </si>
   <si>
     <t>12937</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12937/projeto_de_lei_0129.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12937/projeto_de_lei_0129.pdf</t>
   </si>
   <si>
     <t>Denomina Princesa Diana Frances Spencer a via de acesso existente entre a Ponte Jornal A Tribuna e a Estação Ferroviária do Jardim Rio Branco.</t>
   </si>
   <si>
     <t>12938</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12938/projeto_de_lei_0130.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12938/projeto_de_lei_0130.pdf</t>
   </si>
   <si>
     <t>Institui a Comissão Municipal de Emprego no âmbito do Sistema Público de Empregos.</t>
   </si>
   <si>
     <t>12939</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12939/projeto_de_lei_0131.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12939/projeto_de_lei_0131.pdf</t>
   </si>
   <si>
     <t>Proíbe a realização de feira-livre na Rua Tupy, no Parque São Vicente.</t>
   </si>
   <si>
     <t>12940</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12940/projeto_de_lei_0132.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12940/projeto_de_lei_0132.pdf</t>
   </si>
   <si>
     <t>Denomina Irineu Elias da Silva a Rua 8, localizada na Vila Matias.</t>
   </si>
   <si>
     <t>12941</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12941/projeto_de_lei_0133.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12941/projeto_de_lei_0133.pdf</t>
   </si>
   <si>
     <t>Denomina Perpétua de Oliveira Freitas, a Rua 1, com início na Rua 15 e término na Rua Augusto de Oliveira Santos, no Jardim Rio Branco.</t>
   </si>
   <si>
     <t>12942</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Gilson Nunes</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12942/projeto_de_lei_0134.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12942/projeto_de_lei_0134.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Luta da Pessoa Portadora de Deficiência, a ser comemorado anualmente em 21 de setembro.</t>
   </si>
   <si>
     <t>12943</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12943/projeto_de_lei_0135.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12943/projeto_de_lei_0135.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a titulo precário, de área localizada na Rua_x000D_
 Estância, pela Associação de Grupos de Apoio aos Deficientes do Estado de São Paulo, para a construção de sede social e quadra poliesportiva.</t>
   </si>
   <si>
     <t>12944</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12944/projeto_de_lei_0136.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12944/projeto_de_lei_0136.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação de Grupos de Apoio aos Deficientes do Estado de São Paulo, com sede em São Vicente.</t>
   </si>
   <si>
     <t>12945</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12945/projeto_de_lei_0137.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12945/projeto_de_lei_0137.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso da Praça da Bíblia, na Vila Valença, pelo Sr. Romiro Vieira Santos, para instalação de uma banca de jornais e revistas.</t>
   </si>
   <si>
     <t>12946</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12946/projeto_de_lei_0138.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12946/projeto_de_lei_0138.pdf</t>
   </si>
   <si>
     <t>Denomina Pr. Luiz Gonzaga de Oliveira Gomes a avenida marginal à linha férrea, com início na_x000D_
 Vila Ponte Nova e término no Parque das Bandeiras.</t>
   </si>
   <si>
     <t>12947</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12947/projeto_de_lei_0139.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12947/projeto_de_lei_0139.pdf</t>
   </si>
   <si>
     <t>Denomina Achiles Gonçalves de Oliveira a Rua 11, localizada na Vila Matias, região continental.</t>
   </si>
   <si>
     <t>12948</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12948/projeto_de_lei_0140.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12948/projeto_de_lei_0140.pdf</t>
   </si>
   <si>
     <t>Denomina Inis Pinheiro da Cruz a antiga Rua 6, localizada na Vila Matias.</t>
   </si>
   <si>
     <t>12949</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12949/projeto_de_lei_0141.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12949/projeto_de_lei_0141.pdf</t>
   </si>
   <si>
     <t>Denomina Antonio Elias da Silva a antiga Rua 13, na Vila Matias, região continental do Município.</t>
   </si>
   <si>
     <t>12950</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12950/projeto_de_lei_0142.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12950/projeto_de_lei_0142.pdf</t>
   </si>
   <si>
     <t>Denomina Rivaldo de Lima Ferreira, a antiga Rua 14, localizada na Vila Matias, região continental do Município.</t>
   </si>
   <si>
     <t>12951</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12951/projeto_de_lei_0143.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12951/projeto_de_lei_0143.pdf</t>
   </si>
   <si>
     <t>Altera § único do art. 1º da Lei n.° 520-A, de 8.9.97, que Institui o Dia Mundial do Doador do Sangue e dá outras providências.</t>
   </si>
   <si>
     <t>12952</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12952/projeto_de_lei_0144.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12952/projeto_de_lei_0144.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação na rede municipal de ensino do Programa de Orientação Sexual de Prevenção das Doenças Sexualmente Transmissíveis e AIDS e ao Uso Abusivo de Drogas.</t>
   </si>
   <si>
     <t>12953</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12953/projeto_de_lei_0145.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12953/projeto_de_lei_0145.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual de Investimentos do Município de São Vicente para o período de 1998 a 2001.</t>
   </si>
   <si>
     <t>12954</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12954/projeto_de_lei_0146.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12954/projeto_de_lei_0146.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Fiscal do Município de São Vicente para o exercício de 1998 e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>12955</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12955/projeto_de_lei_0147.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12955/projeto_de_lei_0147.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento da Caixa de Previdência dos Servidores Municipais de São_x000D_
 Vicente para o exercício de 1998 e dá outras providências.</t>
   </si>
   <si>
     <t>12956</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12956/projeto_de_lei_0148.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12956/projeto_de_lei_0148.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o orçamento do Serviço de Saúde de São Vicente - SESASV para o exercício de_x000D_
 1998, e dá outras providências.</t>
   </si>
   <si>
     <t>12957</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12957/projeto_de_lei_0149.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12957/projeto_de_lei_0149.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento de Investimentos da CODESAVI Companhia de Desenvolvimento de São Vicente para o exercício de 1998, e dá outras providências.</t>
   </si>
   <si>
     <t>12958</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12958/projeto_de_lei_0150.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12958/projeto_de_lei_0150.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1° da Lei n° 512-A/97, que autorizou o Poder Executivo a celebrar_x000D_
 Convênio com o Governo do Estado de São Paulo, objetivando a implantação e o desenvolvimento do Programa de Ação Cooperativa Estado-Município para Construções Escolares - PAC.</t>
   </si>
   <si>
     <t>12959</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12959/projeto_de_lei_0151.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12959/projeto_de_lei_0151.pdf</t>
   </si>
   <si>
     <t>Denomina Pedro Leonardo de Souza a antiga Rua 9, localizada na Vila Ema, região continental do Município.</t>
   </si>
   <si>
     <t>12960</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12960/projeto_de_lei_0152.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12960/projeto_de_lei_0152.pdf</t>
   </si>
   <si>
     <t>Denomina Elaine Rosa dos Santos Fraga a antiga Rua 5, na Vila Ema, região continental do Município.</t>
   </si>
   <si>
     <t>12961</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12961/projeto_de_lei_0153.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12961/projeto_de_lei_0153.pdf</t>
   </si>
   <si>
     <t>Denomina Eliseu Almeida Melo a antiga Rua 7, na Vila Ema.</t>
   </si>
   <si>
     <t>12962</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12962/projeto_de_lei_0159.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12962/projeto_de_lei_0159.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art 3° da Lei n° 1997, de 4 de dezembro de 1984, que dispõe sobre a_x000D_
 composição do COMDEMA - Conselho Municipal de Defesa do Meio Ambiente.</t>
   </si>
   <si>
     <t>12963</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12963/projeto_de_lei_0155.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12963/projeto_de_lei_0155.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o INCRA. - Instituto Nacional de Colonização e Reforma Agrária visando à manutenção do Sistema Nacional de Cadastro_x000D_
 Rural.</t>
   </si>
   <si>
     <t>12964</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Antonio Carlos</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12964/projeto_de_lei_0156.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12964/projeto_de_lei_0156.pdf</t>
   </si>
   <si>
     <t>Autoriza o uso de trecho da Rua Prof. Celestino Borroul peto Grêmio Recreativo Escola de_x000D_
 Samba Estação Primeira de Vila Valença, para a realização de ensaios carnavalescos.</t>
   </si>
   <si>
     <t>12965</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12965/projeto_de_lei_0157.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12965/projeto_de_lei_0157.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a oficializar no Município a linguagem gestual codificada em_x000D_
 Língua Brasileira de Sinais - LIBRAS, como meio de comunicação objetiva e corrente.</t>
   </si>
   <si>
     <t>12966</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12966/projeto_de_lei_0158.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12966/projeto_de_lei_0158.pdf</t>
   </si>
   <si>
     <t>Desafeta da classe dos bens de uso comum do povo e transfere para a dos bens patrimoniais do Município, área de terreno localizada no Jardim Pombeba, para construção de Unidade Básica de Saúde.</t>
   </si>
   <si>
     <t>12967</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12967/projeto_de_lei_0159.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12967/projeto_de_lei_0159.pdf</t>
   </si>
   <si>
     <t>12968</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12968/projeto_de_lei_0160.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12968/projeto_de_lei_0160.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a suspender temporariamente a obrigatoriedade do pagamento de taxas e impostos pelos trabalhadores desempregados e dá outras providências.</t>
   </si>
   <si>
     <t>12969</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12969/projeto_de_lei_0161.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12969/projeto_de_lei_0161.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento do Ensino Fundamental e de Valorização do Magistério.</t>
   </si>
   <si>
     <t>12970</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12970/projeto_de_lei_0162.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12970/projeto_de_lei_0162.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Pró Desenvolvimento do Horto Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>12971</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12971/projeto_de_lei_0163.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12971/projeto_de_lei_0163.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o tráfego de caminhões nas Ruas Ver. Yago de Castro Bicudo e Francisco Maciel dos Santos, na Esplanada dos Barreiros.</t>
   </si>
   <si>
     <t>12972</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>Ubirajara Mello Júnior</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12972/projeto_de_lei_0164.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12972/projeto_de_lei_0164.pdf</t>
   </si>
   <si>
     <t>Institui a Semana da Saúde Bucal.</t>
   </si>
   <si>
     <t>12973</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12973/projeto_de_lei_0165.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12973/projeto_de_lei_0165.pdf</t>
   </si>
   <si>
     <t>Denomina Vereadora Angelina Pretti da Silva a via de acesso existente entre a Ponte Jornal A Tribuna e a Estação Ferroviária do Jardim Rio Branco.</t>
   </si>
   <si>
     <t>12974</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12974/projeto_de_lei_0166.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12974/projeto_de_lei_0166.pdf</t>
   </si>
   <si>
     <t>Altera denominação de via pública de Profª Carolina Ribeiro dos Santos para Profª Carolina Ribeiro de Barros, na Cidade Náutica.</t>
   </si>
   <si>
     <t>12975</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12975/projeto_de_lei_0167.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12975/projeto_de_lei_0167.pdf</t>
   </si>
   <si>
     <t>Denomina Prof.ª Carolina Ribeiro dos Santos a Viela particular localizada na Av. Pérsio de Queiroz Filho, no Catiapoã.</t>
   </si>
   <si>
     <t>12976</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12976/projeto_de_lei_0168.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12976/projeto_de_lei_0168.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área localizada na Rua_x000D_
 Estância, pela Associação de Grupos de Apoio aos Deficientes do Estado de São Paulo, para a construção de sede social e quadra poliesportiva.</t>
   </si>
   <si>
     <t>12977</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12977/projeto_de_lei_0169.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12977/projeto_de_lei_0169.pdf</t>
   </si>
   <si>
     <t>12978</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12978/projeto_de_lei_0170.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12978/projeto_de_lei_0170.pdf</t>
   </si>
   <si>
     <t>Altera redação do art. 1.° da Lei n.° 372-A que dispõe sobre deposição de caçambas coletoras de entulho.</t>
   </si>
   <si>
     <t>12979</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12979/projeto_de_lei_0171.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12979/projeto_de_lei_0171.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, pela comunidade, da Rua 9, na Vila Ema, como_x000D_
 área de lazer, e dá outras providências.</t>
   </si>
   <si>
     <t>12980</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12980/projeto_de_lei_0172.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12980/projeto_de_lei_0172.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com o Governo do Estado de São Paulo, através da Secretaria da Segurança Pública do Estado, objetivando o policiamento ostensivo_x000D_
 durante a Operação Verão 97/98.</t>
   </si>
   <si>
     <t>12981</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12981/projeto_de_lei_0173.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12981/projeto_de_lei_0173.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1° da Lei n° 439-A que autorizou o Poder Executivo a celebrar convênio com a DERSA Desenvolvimento Rodoviário S/A, visando à construção de marginal no Conjunto Habitacional Humaitá.</t>
   </si>
   <si>
     <t>12982</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12982/projeto_de_lei_0174.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12982/projeto_de_lei_0174.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 1° da Lei n° 2212/88 que condicionou a aprovação de projetos de construção de edificações em áreas desprovidas de esgotos à construção de fossas sépticas.</t>
   </si>
   <si>
     <t>12983</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12983/projeto_de_lei_0175.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12983/projeto_de_lei_0175.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art 1° da Lei n° 503-A/97 que autorizou a celebração de Convênio com a Secretaria de Estado de Esportes e Turismo, para liberação de verbas visando à execução de obras e à realização de eventos de natureza turística e esportiva.</t>
   </si>
   <si>
     <t>12984</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12984/projeto_de_lei_0176.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12984/projeto_de_lei_0176.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o serviço de remoção, transporte e destinação de entulho através de caçambas.</t>
   </si>
   <si>
     <t>12985</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12985/projeto_de_lei_0177.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12985/projeto_de_lei_0177.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adoção de medidas necessárias ao controle da dengue.</t>
   </si>
   <si>
     <t>12986</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12986/projeto_de_lei_0178.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12986/projeto_de_lei_0178.pdf</t>
   </si>
   <si>
     <t>Institui o "Dia Municipal da Homeopatia".</t>
   </si>
   <si>
     <t>12987</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12987/projeto_de_lei_0179.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12987/projeto_de_lei_0179.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a permitir o uso, por tempo determinado, de área na Praia do Itararé à empresa Romeu Galinas Promoções Ltda.</t>
   </si>
   <si>
     <t>12988</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12988/projeto_de_lei_0180.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12988/projeto_de_lei_0180.pdf</t>
   </si>
   <si>
     <t>Denomina Assembleia de Deus a antiga Avenida "A", no Parque Continental.</t>
   </si>
   <si>
     <t>12989</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12989/projeto_de_lei_0181.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12989/projeto_de_lei_0181.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei n.° 2359/90 que torna gratuito o transporte coletivo municipal urbano aos patrulheiros do CAMPSV.</t>
   </si>
   <si>
     <t>12990</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12990/projeto_de_lei_0182.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12990/projeto_de_lei_0182.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Vacinação para Hepatite-B. e dá outras providências</t>
   </si>
   <si>
     <t>12991</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12991/projeto_de_lei_0183.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12991/projeto_de_lei_0183.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso, a título precário, de área da Praça Antonio Carlos_x000D_
 Brasileiro de Almeida Jobim, para instalação de equipamento de auto-atendimento bancário pelo BANESPA.</t>
   </si>
   <si>
     <t>12992</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12992/projeto_de_lei_0184.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12992/projeto_de_lei_0184.pdf</t>
   </si>
   <si>
     <t>Denomina Pastor Ney Ângelo Pereira a Rua 25, no Parque Continental.</t>
   </si>
   <si>
     <t>12993</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12993/projeto_de_lei_0185.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12993/projeto_de_lei_0185.pdf</t>
   </si>
   <si>
     <t>Denomina Waldemar Braga a Rua XXII, Símbolo 321, no Parque Bitaru.</t>
   </si>
   <si>
     <t>12994</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12994/projeto_de_lei_0186.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12994/projeto_de_lei_0186.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio com a Fundação de Proteção e Defesa do Consumidor - PROCON.</t>
   </si>
   <si>
     <t>12995</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12995/projeto_de_lei_0187.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12995/projeto_de_lei_0187.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de veículos em trecho da Av. Esmeraldo Soares Tarquínio de Campos Filho, no Parque das Bandeiras.</t>
   </si>
   <si>
     <t>12996</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12996/projeto_de_lei_0188.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12996/projeto_de_lei_0188.pdf</t>
   </si>
   <si>
     <t>Denomina Perpétua de Oliveira Freitas, a Rua 1, com início na Marginal l e término na Marginal II, no Jardim Rio Branco.</t>
   </si>
   <si>
     <t>12997</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12997/projeto_de_lei_0189.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12997/projeto_de_lei_0189.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permitir o uso das Praias do Itararé e do Gonzaguinha para a_x000D_
 realização de eventos do "Projeto Verão ".</t>
   </si>
   <si>
     <t>12998</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12998/projeto_de_lei_0190.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12998/projeto_de_lei_0190.pdf</t>
   </si>
   <si>
     <t>Altera redação do art. 1º da Lei n.º 432-A, de 2/1/97, que autoriza o Poder Executivo a realizar sorteios de prêmios como meio auxiliar de fiscalização e arrecadação de tributos.</t>
   </si>
   <si>
     <t>12999</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12999/projeto_de_lei_0191.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12999/projeto_de_lei_0191.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre contratação de desempregados da cidade em obras financiadas por recursos_x000D_
 públicos e dá outras providências.</t>
   </si>
   <si>
     <t>13000</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13000/projeto_de_lei_0192.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13000/projeto_de_lei_0192.pdf</t>
   </si>
   <si>
     <t>Autoriza o uso da Praça 31 de Março, no Jardim Pompeba, pela Direção da EMEI Profª. Adilza de Oliveira Rosa Sobral, para a realização de festa em benefício da escola.</t>
   </si>
   <si>
     <t>13001</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13001/projeto_de_lei_0193.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13001/projeto_de_lei_0193.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre adaptação dos transportes coletivos para pessoas portadoras de deficiência.</t>
   </si>
   <si>
     <t>13002</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13002/projeto_de_lei_0194.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13002/projeto_de_lei_0194.pdf</t>
   </si>
   <si>
     <t>Autoriza o uso de bem municipal, a titulo precário e prazo determinado, pelas empresas de ônibus com agências na Praça 22 de Janeiro.</t>
   </si>
   <si>
     <t>13003</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13003/projeto_de_lei_0195.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13003/projeto_de_lei_0195.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Desarmamento Infantil, a ser comemorado anualmente no_x000D_
 domingo que antecede o Dia da Criança, 12 de outubro.</t>
   </si>
   <si>
     <t>13004</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13004/projeto_de_lei_0196.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13004/projeto_de_lei_0196.pdf</t>
   </si>
   <si>
     <t>Institui, no Município, a Semana de Educação no Trânsito.</t>
   </si>
   <si>
     <t>13005</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13005/projeto_de_lei_0197.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13005/projeto_de_lei_0197.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Educação, a ser comemorada anualmente na segunda quinzena do mês de julho.</t>
   </si>
   <si>
     <t>13006</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13006/projeto_de_lei_0198.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13006/projeto_de_lei_0198.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n.° 555-A, de 17/11/97, que dispõe sobre o Sistema Único de Saúde no Município de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>13007</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13007/projeto_de_lei_0199.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13007/projeto_de_lei_0199.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei n.° 491-A, de 9 de junho de 1997, que dispõe sobre a entrada, o trânsito e a permanência temporária de ônibus de Turismo no Município e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>13008</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13008/projeto_de_lei_0200.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13008/projeto_de_lei_0200.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de prevenção às doenças do homem.</t>
   </si>
   <si>
     <t>13009</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13009/projeto_de_lei_0201.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13009/projeto_de_lei_0201.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei 1825/79 que dispõe sobre limpeza de terrenos e construção de muros e passeios em terrenos não edificados, e dá outras providências.</t>
   </si>
   <si>
     <t>13010</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13010/projeto_de_lei_0203.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13010/projeto_de_lei_0203.pdf</t>
   </si>
   <si>
     <t>Atribui exclusividade à CODESAVI para execução dos serviços de limpeza urbana, e dá outras providências.</t>
   </si>
   <si>
     <t>13011</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13011/projeto_de_lei_0204.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13011/projeto_de_lei_0204.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prática de esportes nas praias do Município.</t>
   </si>
   <si>
     <t>13012</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13012/projeto_de_lei_0205.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13012/projeto_de_lei_0205.pdf</t>
   </si>
   <si>
     <t>Institui no Município o Programa da Saúde da Família - PSF.</t>
   </si>
   <si>
     <t>13013</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13013/projeto_de_lei_0207.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13013/projeto_de_lei_0207.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo e incisos ao artigo 1.° da Lei n.° 491-A. de 9 de junho de 1997, que dispõe sobre a entrada, o trânsito e a permanência temporária de ônibus de turismo no Município.</t>
   </si>
   <si>
     <t>13014</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13014/projeto_de_lei_0208.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13014/projeto_de_lei_0208.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instalar sanitários públicos na Praia do Itararé e dá outras providências.</t>
   </si>
   <si>
     <t>13015</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13015/projeto_de_lei_0209.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13015/projeto_de_lei_0209.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Fonoaudiólogo.</t>
   </si>
   <si>
     <t>13016</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13016/projeto_de_lei_0210.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13016/projeto_de_lei_0210.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instalar, provisoriamente, dois quiosques no calçadão da Praia do Gonzaguinha.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2995,68 +2995,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/4402/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12809/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12810/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12811/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12812/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12813/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12814/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12815/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12816/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12817/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12818/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12819/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12820/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12821/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12822/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12823/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12824/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12825/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12826/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12827/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12828/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12829/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12830/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12831/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12832/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12833/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12834/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12835/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12836/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12837/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12838/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12839/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12840/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12841/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12842/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12843/projeto_de_lei_0036.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12844/projeto_de_lei_0037.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12845/projeto_de_lei_0038.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12846/projeto_de_lei_0039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12847/projeto_de_lei_0040.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12848/projeto_de_lei_0041.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12849/projeto_de_lei_0042.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12850/projeto_de_lei_0043.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12851/projeto_de_lei_0044.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12852/projeto_de_lei_0045.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12853/projeto_de_lei_0046.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12854/projeto_de_lei_0047.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12855/projeto_de_lei_0048.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12856/projeto_de_lei_0049.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12857/projeto_de_lei_0050.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12858/projeto_de_lei_0051.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12859/projeto_de_lei_0052.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12860/projeto_de_lei_0053.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12861/projeto_de_lei_0054.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12863/projeto_de_lei_0056.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12864/projeto_de_lei_0057.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12865/projeto_de_lei_0058.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12866/projeto_de_lei_0059.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12867/projeto_de_lei_0060.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12868/projeto_de_lei_0061.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12869/projeto_de_lei_0062.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12870/projeto_de_lei_0063.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12871/projeto_de_lei_0064.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12872/projeto_de_lei_0065.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12873/projeto_de_lei_0066.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12874/projeto_de_lei_0067.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12875/projeto_de_lei_0068.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12876/projeto_de_lei_0069.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12877/projeto_de_lei_0070.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12878/projeto_de_lei_0071.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12879/projeto_de_lei_0072.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12880/projeto_de_lei_0073.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12881/projeto_de_lei_0074.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12882/projeto_de_lei_0075.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12883/projeto_de_lei_0076.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12884/projeto_de_lei_0077.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12885/projeto_de_lei_0078.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12886/projeto_de_lei_0079.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12887/projeto_de_lei_0080.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12888/projeto_de_lei_0081.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12889/projeto_de_lei_0082.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12890/projeto_de_lei_0083.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12891/projeto_de_lei_0084.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12892/projeto_de_lei_0085.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12893/projeto_de_lei_0086.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12895/projeto_de_lei_0087.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12896/projeto_de_lei_0088.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12897/projeto_de_lei_0089.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12898/projeto_de_lei_0090.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12899/projeto_de_lei_0091.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12900/projeto_de_lei_0092.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12901/projeto_de_lei_0093.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12902/projeto_de_lei_0094.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12903/projeto_de_lei_0095.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12904/projeto_de_lei_0096.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12905/projeto_de_lei_0097.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12906/projeto_de_lei_0098.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12907/projeto_de_lei_0099.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12908/projeto_de_lei_0100.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12909/projeto_de_lei_0101.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12910/projeto_de_lei_0102.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12911/projeto_de_lei_0103.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12912/projeto_de_lei_0104.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12913/projeto_de_lei_0105.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12914/projeto_de_lei_0106.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12915/projeto_de_lei_0107.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12916/projeto_de_lei_0108.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12917/projeto_de_lei_0109.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12918/projeto_de_lei_0110.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12919/projeto_de_lei_0111.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12920/projeto_de_lei_0112.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12921/projeto_de_lei_0113.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12922/projeto_de_lei_0114.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12923/projeto_de_lei_0115.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12924/projeto_de_lei_0116.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12925/projeto_de_lei_0117.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12926/projeto_de_lei_0118.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12927/projeto_de_lei_0119.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12928/projeto_de_lei_0120.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12929/projeto_de_lei_0121.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12930/projeto_de_lei_0122.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12931/projeto_de_lei_0123.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12932/projeto_de_lei_0124.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12933/projeto_de_lei_0125.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12934/projeto_de_lei_0126.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12935/projeto_de_lei_0127.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12936/projeto_de_lei_0128.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12937/projeto_de_lei_0129.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12938/projeto_de_lei_0130.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12939/projeto_de_lei_0131.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12940/projeto_de_lei_0132.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12941/projeto_de_lei_0133.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12942/projeto_de_lei_0134.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12943/projeto_de_lei_0135.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12944/projeto_de_lei_0136.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12945/projeto_de_lei_0137.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12946/projeto_de_lei_0138.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12947/projeto_de_lei_0139.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12948/projeto_de_lei_0140.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12949/projeto_de_lei_0141.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12950/projeto_de_lei_0142.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12951/projeto_de_lei_0143.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12952/projeto_de_lei_0144.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12953/projeto_de_lei_0145.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12954/projeto_de_lei_0146.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12955/projeto_de_lei_0147.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12956/projeto_de_lei_0148.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12957/projeto_de_lei_0149.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12958/projeto_de_lei_0150.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12959/projeto_de_lei_0151.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12960/projeto_de_lei_0152.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12961/projeto_de_lei_0153.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12962/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12963/projeto_de_lei_0155.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12964/projeto_de_lei_0156.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12965/projeto_de_lei_0157.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12966/projeto_de_lei_0158.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12967/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12968/projeto_de_lei_0160.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12969/projeto_de_lei_0161.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12970/projeto_de_lei_0162.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12971/projeto_de_lei_0163.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12972/projeto_de_lei_0164.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12973/projeto_de_lei_0165.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12974/projeto_de_lei_0166.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12975/projeto_de_lei_0167.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12976/projeto_de_lei_0168.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12977/projeto_de_lei_0169.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12978/projeto_de_lei_0170.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12979/projeto_de_lei_0171.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12980/projeto_de_lei_0172.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12981/projeto_de_lei_0173.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12982/projeto_de_lei_0174.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12983/projeto_de_lei_0175.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12984/projeto_de_lei_0176.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12985/projeto_de_lei_0177.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12986/projeto_de_lei_0178.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12987/projeto_de_lei_0179.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12988/projeto_de_lei_0180.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12989/projeto_de_lei_0181.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12990/projeto_de_lei_0182.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12991/projeto_de_lei_0183.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12992/projeto_de_lei_0184.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12993/projeto_de_lei_0185.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12994/projeto_de_lei_0186.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12995/projeto_de_lei_0187.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12996/projeto_de_lei_0188.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12997/projeto_de_lei_0189.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12998/projeto_de_lei_0190.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12999/projeto_de_lei_0191.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13000/projeto_de_lei_0192.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13001/projeto_de_lei_0193.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13002/projeto_de_lei_0194.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13003/projeto_de_lei_0195.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13004/projeto_de_lei_0196.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13005/projeto_de_lei_0197.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13006/projeto_de_lei_0198.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13007/projeto_de_lei_0199.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13008/projeto_de_lei_0200.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13009/projeto_de_lei_0201.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13010/projeto_de_lei_0203.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13011/projeto_de_lei_0204.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13012/projeto_de_lei_0205.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13013/projeto_de_lei_0207.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13014/projeto_de_lei_0208.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13015/projeto_de_lei_0209.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13016/projeto_de_lei_0210.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/4402/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12809/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12810/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12811/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12812/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12813/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12814/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12815/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12816/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12817/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12818/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12819/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12820/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12821/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12822/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12823/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12824/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12825/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12826/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12827/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12828/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12829/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12830/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12831/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12832/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12833/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12834/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12835/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12836/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12837/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12838/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12839/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12840/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12841/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12842/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12843/projeto_de_lei_0036.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12844/projeto_de_lei_0037.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12845/projeto_de_lei_0038.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12846/projeto_de_lei_0039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12847/projeto_de_lei_0040.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12848/projeto_de_lei_0041.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12849/projeto_de_lei_0042.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12850/projeto_de_lei_0043.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12851/projeto_de_lei_0044.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12852/projeto_de_lei_0045.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12853/projeto_de_lei_0046.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12854/projeto_de_lei_0047.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12855/projeto_de_lei_0048.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12856/projeto_de_lei_0049.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12857/projeto_de_lei_0050.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12858/projeto_de_lei_0051.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12859/projeto_de_lei_0052.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12860/projeto_de_lei_0053.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12861/projeto_de_lei_0054.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12863/projeto_de_lei_0056.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12864/projeto_de_lei_0057.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12865/projeto_de_lei_0058.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12866/projeto_de_lei_0059.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12867/projeto_de_lei_0060.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12868/projeto_de_lei_0061.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12869/projeto_de_lei_0062.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12870/projeto_de_lei_0063.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12871/projeto_de_lei_0064.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12872/projeto_de_lei_0065.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12873/projeto_de_lei_0066.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12874/projeto_de_lei_0067.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12875/projeto_de_lei_0068.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12876/projeto_de_lei_0069.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12877/projeto_de_lei_0070.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12878/projeto_de_lei_0071.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12879/projeto_de_lei_0072.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12880/projeto_de_lei_0073.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12881/projeto_de_lei_0074.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12882/projeto_de_lei_0075.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12883/projeto_de_lei_0076.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12884/projeto_de_lei_0077.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12885/projeto_de_lei_0078.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12886/projeto_de_lei_0079.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12887/projeto_de_lei_0080.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12888/projeto_de_lei_0081.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12889/projeto_de_lei_0082.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12890/projeto_de_lei_0083.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12891/projeto_de_lei_0084.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12892/projeto_de_lei_0085.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12893/projeto_de_lei_0086.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12895/projeto_de_lei_0087.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12896/projeto_de_lei_0088.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12897/projeto_de_lei_0089.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12898/projeto_de_lei_0090.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12899/projeto_de_lei_0091.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12900/projeto_de_lei_0092.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12901/projeto_de_lei_0093.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12902/projeto_de_lei_0094.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12903/projeto_de_lei_0095.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12904/projeto_de_lei_0096.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12905/projeto_de_lei_0097.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12906/projeto_de_lei_0098.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12907/projeto_de_lei_0099.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12908/projeto_de_lei_0100.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12909/projeto_de_lei_0101.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12910/projeto_de_lei_0102.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12911/projeto_de_lei_0103.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12912/projeto_de_lei_0104.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12913/projeto_de_lei_0105.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12914/projeto_de_lei_0106.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12915/projeto_de_lei_0107.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12916/projeto_de_lei_0108.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12917/projeto_de_lei_0109.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12918/projeto_de_lei_0110.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12919/projeto_de_lei_0111.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12920/projeto_de_lei_0112.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12921/projeto_de_lei_0113.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12922/projeto_de_lei_0114.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12923/projeto_de_lei_0115.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12924/projeto_de_lei_0116.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12925/projeto_de_lei_0117.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12926/projeto_de_lei_0118.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12927/projeto_de_lei_0119.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12928/projeto_de_lei_0120.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12929/projeto_de_lei_0121.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12930/projeto_de_lei_0122.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12931/projeto_de_lei_0123.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12932/projeto_de_lei_0124.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12933/projeto_de_lei_0125.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12934/projeto_de_lei_0126.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12935/projeto_de_lei_0127.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12936/projeto_de_lei_0128.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12937/projeto_de_lei_0129.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12938/projeto_de_lei_0130.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12939/projeto_de_lei_0131.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12940/projeto_de_lei_0132.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12941/projeto_de_lei_0133.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12942/projeto_de_lei_0134.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12943/projeto_de_lei_0135.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12944/projeto_de_lei_0136.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12945/projeto_de_lei_0137.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12946/projeto_de_lei_0138.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12947/projeto_de_lei_0139.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12948/projeto_de_lei_0140.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12949/projeto_de_lei_0141.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12950/projeto_de_lei_0142.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12951/projeto_de_lei_0143.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12952/projeto_de_lei_0144.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12953/projeto_de_lei_0145.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12954/projeto_de_lei_0146.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12955/projeto_de_lei_0147.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12956/projeto_de_lei_0148.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12957/projeto_de_lei_0149.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12958/projeto_de_lei_0150.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12959/projeto_de_lei_0151.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12960/projeto_de_lei_0152.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12961/projeto_de_lei_0153.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12962/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12963/projeto_de_lei_0155.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12964/projeto_de_lei_0156.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12965/projeto_de_lei_0157.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12966/projeto_de_lei_0158.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12967/projeto_de_lei_0159.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12968/projeto_de_lei_0160.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12969/projeto_de_lei_0161.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12970/projeto_de_lei_0162.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12971/projeto_de_lei_0163.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12972/projeto_de_lei_0164.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12973/projeto_de_lei_0165.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12974/projeto_de_lei_0166.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12975/projeto_de_lei_0167.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12976/projeto_de_lei_0168.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12977/projeto_de_lei_0169.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12978/projeto_de_lei_0170.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12979/projeto_de_lei_0171.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12980/projeto_de_lei_0172.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12981/projeto_de_lei_0173.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12982/projeto_de_lei_0174.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12983/projeto_de_lei_0175.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12984/projeto_de_lei_0176.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12985/projeto_de_lei_0177.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12986/projeto_de_lei_0178.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12987/projeto_de_lei_0179.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12988/projeto_de_lei_0180.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12989/projeto_de_lei_0181.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12990/projeto_de_lei_0182.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12991/projeto_de_lei_0183.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12992/projeto_de_lei_0184.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12993/projeto_de_lei_0185.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12994/projeto_de_lei_0186.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12995/projeto_de_lei_0187.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12996/projeto_de_lei_0188.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12997/projeto_de_lei_0189.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12998/projeto_de_lei_0190.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/12999/projeto_de_lei_0191.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13000/projeto_de_lei_0192.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13001/projeto_de_lei_0193.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13002/projeto_de_lei_0194.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13003/projeto_de_lei_0195.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13004/projeto_de_lei_0196.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13005/projeto_de_lei_0197.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13006/projeto_de_lei_0198.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13007/projeto_de_lei_0199.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13008/projeto_de_lei_0200.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13009/projeto_de_lei_0201.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13010/projeto_de_lei_0203.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13011/projeto_de_lei_0204.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13012/projeto_de_lei_0205.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13013/projeto_de_lei_0207.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13014/projeto_de_lei_0208.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13015/projeto_de_lei_0209.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1997/13016/projeto_de_lei_0210.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H208"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>