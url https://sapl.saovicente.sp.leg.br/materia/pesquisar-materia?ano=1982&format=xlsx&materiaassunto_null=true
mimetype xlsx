--- v0 (2025-10-22)
+++ v1 (2026-03-17)
@@ -54,431 +54,431 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11559</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Ricardo Veron</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11559/projeto_de_lei_0001.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11559/projeto_de_lei_0001.pdf</t>
   </si>
   <si>
     <t>É proibido o estacionamento de veículos junto ao canteiro central que separa as Avenidas Dom João III e_x000D_
 Manoel da Nóbrega, na Praia do Itararé.</t>
   </si>
   <si>
     <t>11560</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>WILSON THOMAZ</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11560/projeto_de_lei_0002.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11560/projeto_de_lei_0002.pdf</t>
   </si>
   <si>
     <t>Altera a redação os grupo a III e IV do artigo 253 e os artigos 261, 263 e 265 da Lei nº 1745 de 29 de setembro de 1977.</t>
   </si>
   <si>
     <t>11561</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Eng. Antônio Fernando dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11561/projeto_de_lei_0003.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11561/projeto_de_lei_0003.pdf</t>
   </si>
   <si>
     <t>As infrações a dispositivos legais relacionados com execução de edificações, construções, instalações,_x000D_
 reconstruções, demolições , arruamentos, desmatamentos, loteamentos, obras de corte e aterro, bem como as penalidades correspondentes, ficam estabelecidas e discriminada como especificada.</t>
   </si>
   <si>
     <t>11562</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>RUBENS ALVES SIMÕES</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11562/projeto_de_lei_0004.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11562/projeto_de_lei_0004.pdf</t>
   </si>
   <si>
     <t>É expressamente proibida a permanência ou trânsito de animais nas praias.</t>
   </si>
   <si>
     <t>11563</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11563/projeto_de_lei_0005.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11563/projeto_de_lei_0005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a assinar Termo Aditivo ao Convênio 24/80 - 12a. DR, celebrado com o Departamento Nacional de Obras e Saneamento, e dá outras providências.</t>
   </si>
   <si>
     <t>11564</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11564/projeto_de_lei_0006.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11564/projeto_de_lei_0006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a aprovar projetos de construção da COHAB-SANTISTA referente a Conjuntos Residenciais de interesse social, e dá outras providências.</t>
   </si>
   <si>
     <t>11565</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11565/projeto_de_lei_0007.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11565/projeto_de_lei_0007.pdf</t>
   </si>
   <si>
     <t>É considerada de Utilidade Pública a "Associação de Famílias de Rotarianos de São Vicente".</t>
   </si>
   <si>
     <t>11566</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11566/projeto_de_lei_0008.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11566/projeto_de_lei_0008.pdf</t>
   </si>
   <si>
     <t>Isenta de ISS, pelo período de 5 (cinco) anos, indústrias de Samaritá.</t>
   </si>
   <si>
     <t>11567</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11567/projeto_de_lei_0009.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11567/projeto_de_lei_0009.pdf</t>
   </si>
   <si>
     <t>Fica extinto o Corpo de Vigilância Municipal, criado pela Lei 1763, de 27 de dezembro de 1977.</t>
   </si>
   <si>
     <t>11568</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11568/projeto_de_lei_0010.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11568/projeto_de_lei_0010.pdf</t>
   </si>
   <si>
     <t>Respeitadas as disposições especiais previstas em lei quanto ao provimento de cargos, os atuais professores efetivos do Quadro do Ensino Municipal serão classificados nos respectivos cargos e carreiras em função do tempo de serviço prestado ao Município, de acordo com a progressão horizontal especificada.</t>
   </si>
   <si>
     <t>11569</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Emmanuel Pimentel</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11569/projeto_de_lei_0011.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11569/projeto_de_lei_0011.pdf</t>
   </si>
   <si>
     <t>É concedida anistia às edificações existentes em desacordo com o Código de Obras do Município de São Vicente.</t>
   </si>
   <si>
     <t>11570</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11570/projeto_de_lei_0012.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11570/projeto_de_lei_0012.pdf</t>
   </si>
   <si>
     <t>As construções a serem feitas em ambos os lados das vias públicas especificadas, deverão guardar recuo de 3,00 (três) metros desde o alinhamento do logradouro público.</t>
   </si>
   <si>
     <t>11571</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11571/projeto_de_lei_0013.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11571/projeto_de_lei_0013.pdf</t>
   </si>
   <si>
     <t>Acrescente-se à Lei nº 1560, de 13 de agosto de 1973, artigo que será o 7º, renumerando-se os demais.</t>
   </si>
   <si>
     <t>11572</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11572/projeto_de_lei_0014.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11572/projeto_de_lei_0014.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial de Cr$ 65.704,19 para satisfazer despesas de exercícios anteriores.</t>
   </si>
   <si>
     <t>11573</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>RAIMUNDO DOS SANTOS OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11573/projeto_de_lei_0015.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11573/projeto_de_lei_0015.pdf</t>
   </si>
   <si>
     <t>Ficam criadas, no perímetro urbano do Município, áreas especiais e exclusivas especificadas, para o estacionamento de motocicletas.</t>
   </si>
   <si>
     <t>11574</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11574/projeto_de_lei_0016.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11574/projeto_de_lei_0016.pdf</t>
   </si>
   <si>
     <t>Nos casos de aposentadoria de servidores com base nas alíneas "c" e "d", do artigo 87, da Lei nº 971, de 16 de dezembro de 1963, o provento será igual ao vencimento ou remuneração da atividade e demais vantagens pecuniárias incorporadas para esse efeito, desde que contem 10 (dez) anos, ou mais, de serviço público municipal.</t>
   </si>
   <si>
     <t>11575</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11575/projeto_de_lei_0017.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11575/projeto_de_lei_0017.pdf</t>
   </si>
   <si>
     <t>Acrescente-se o inciso IV ao artigo 227 da Lei nº 1780, de 06 de junho de 1978.</t>
   </si>
   <si>
     <t>11576</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11576/projeto_de_lei_0018.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11576/projeto_de_lei_0018.pdf</t>
   </si>
   <si>
     <t>Ficam reclassificados no nível NU.2, do Quadro do Funcionalismo Municipal os cargos especificados.</t>
   </si>
   <si>
     <t>11577</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11577/projeto_de_lei_0019.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11577/projeto_de_lei_0019.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento em até seis parcelas mensais, a taxa correspondente à concessão perpétua de ossários individuais.</t>
   </si>
   <si>
     <t>11578</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11578/projeto_de_lei_0020.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11578/projeto_de_lei_0020.pdf</t>
   </si>
   <si>
     <t>Aprova o Orçamento Geral do Município de São Vicente para o exercício de 1983.</t>
   </si>
   <si>
     <t>11579</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11579/projeto_de_lei_0021.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11579/projeto_de_lei_0021.pdf</t>
   </si>
   <si>
     <t>Aprova o Orçamento Plurianual de Investimentos para o triênio de 1983/1985.</t>
   </si>
   <si>
     <t>11580</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11580/projeto_de_lei_0022.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11580/projeto_de_lei_0022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de Cr$ 2.184.795,25 para atender despesas de exercícios anteriores.</t>
   </si>
   <si>
     <t>11581</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11581/projeto_de_lei_0023.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11581/projeto_de_lei_0023.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial de Cr$ 18.425,49 para satisfazer despesas de exercícios anteriores.</t>
   </si>
   <si>
     <t>11582</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11582/projeto_de_lei_0024.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11582/projeto_de_lei_0024.pdf</t>
   </si>
   <si>
     <t>Cancela débitos até Cr$ 650,00 para com a Fazenda Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>11583</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11583/projeto_de_lei_0025.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11583/projeto_de_lei_0025.pdf</t>
   </si>
   <si>
     <t>Acrescente-se inciso VI ao artigo 297 da Lei nº 1745 de 29 de setembro de 1977.</t>
   </si>
   <si>
     <t>11584</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11584/projeto_de_lei_0026.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11584/projeto_de_lei_0026.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 154 da Lei nº 1745, de 29/09/77, revogado o seu parágrafo único.</t>
   </si>
   <si>
     <t>11585</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11585/projeto_de_lei_0027.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11585/projeto_de_lei_0027.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito suplementar no valor de Cr$ 375.310.000,00.</t>
   </si>
   <si>
     <t>11586</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11586/projeto_de_lei_0028.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11586/projeto_de_lei_0028.pdf</t>
   </si>
   <si>
     <t>Revaloriza os níveis e padrões de vencimento do funcionalismo e dá outras providências.</t>
   </si>
   <si>
     <t>11587</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11587/projeto_de_lei_0029.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11587/projeto_de_lei_0029.pdf</t>
   </si>
   <si>
     <t>Classifica os padrões de vencimentos dos funcionários da Câmara Municipal de São Vicente em até cinco graus e dá outras providências.</t>
   </si>
   <si>
     <t>11588</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11588/projeto_de_lei_0030.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11588/projeto_de_lei_0030.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial de Cr$ 3.662.028,19, destinado a regularizar despesas pagas e não empenhadas nos exercícios de 1963 a 1967.</t>
   </si>
   <si>
     <t>11589</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11589/projeto_de_lei_0031.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11589/projeto_de_lei_0031.pdf</t>
   </si>
   <si>
     <t>Desincorpora terreno, em Samaritá, da classe dos bens de uso comum do povo e autoriza o Executivo a conceder direito real de uso para fins sociais, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -785,68 +785,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11559/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11560/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11561/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11562/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11563/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11564/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11565/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11566/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11567/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11568/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11569/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11570/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11571/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11572/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11573/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11574/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11575/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11576/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11577/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11578/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11579/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11580/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11581/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11582/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11583/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11584/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11585/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11586/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11587/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11588/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11589/projeto_de_lei_0031.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11559/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11560/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11561/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11562/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11563/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11564/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11565/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11566/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11567/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11568/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11569/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11570/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11571/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11572/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11573/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11574/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11575/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11576/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11577/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11578/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11579/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11580/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11581/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11582/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11583/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11584/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11585/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11586/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11587/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11588/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1982/11589/projeto_de_lei_0031.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>