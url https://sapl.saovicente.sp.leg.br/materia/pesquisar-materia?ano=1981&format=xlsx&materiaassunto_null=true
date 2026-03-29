--- v0 (2025-10-22)
+++ v1 (2026-03-29)
@@ -54,492 +54,492 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11523</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Geraldo Volpe</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11523/projeto_de_lei_0001.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11523/projeto_de_lei_0001.pdf</t>
   </si>
   <si>
     <t>Proíbe o estacionamento de ônibus e caminhões nas Praça João Pessoa.</t>
   </si>
   <si>
     <t>11524</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11524/projeto_de_lei_0002.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11524/projeto_de_lei_0002.pdf</t>
   </si>
   <si>
     <t>Altera a redação do grupo II do artigo 261 da Lei nº 7745, de 29 de setembro de 1977.</t>
   </si>
   <si>
     <t>11525</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11525/projeto_de_lei_0003.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11525/projeto_de_lei_0003.pdf</t>
   </si>
   <si>
     <t>Fica aberto na Contabilidade Municipal, Coordenadoria da Fazenda, Crédito Especial de Cr$ 625.082,50 destinado a atender as despesas de exercícios anteriores.</t>
   </si>
   <si>
     <t>11526</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Eng. Antônio Fernando dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11526/projeto_de_lei_0004.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11526/projeto_de_lei_0004.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a celebra convênio com o Governo do Estado de São Paulo, através da Secretaria de Estado de Saúde, visando a reforma ou ampliação do prédio de propriedade do Estado, onde se encontra instalado o Centro de Saúde local.</t>
   </si>
   <si>
     <t>11527</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11527/projeto_de_lei_0005.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11527/projeto_de_lei_0005.pdf</t>
   </si>
   <si>
     <t>Altera a redação do item "f" da Tabela I, a que se refere o artigo 298 da Lei nº 1745, de 29/9/77, com as alterações introduzidas pelo artigo 13 da Lei nº 1852, de 18/11/80.</t>
   </si>
   <si>
     <t>11528</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11528/projeto_de_lei_0006.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11528/projeto_de_lei_0006.pdf</t>
   </si>
   <si>
     <t>Ficam revalorizados em 70% os níveis e padrões de vencimento dos funcionários do Executivo Municipal.</t>
   </si>
   <si>
     <t>11529</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11529/projeto_de_lei_0007.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11529/projeto_de_lei_0007.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 27 da Lei nº 1377, de 12 de julho de 1968.</t>
   </si>
   <si>
     <t>11530</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11530/projeto_de_lei_0008.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11530/projeto_de_lei_0008.pdf</t>
   </si>
   <si>
     <t>Ficam revalorizados em 70% os níveis e padrões de vencimento dos funcionários do quadro de pessoal da Câmara Municipal.</t>
   </si>
   <si>
     <t>11531</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11531/projeto_de_lei_0009.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11531/projeto_de_lei_0009.pdf</t>
   </si>
   <si>
     <t>Acrescente-se parágrafos primeiro e segundo, ao artigo 234 da Lei nº 1780, de 06 de junho de 1978.</t>
   </si>
   <si>
     <t>11532</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11532/projeto_de_lei_0010.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11532/projeto_de_lei_0010.pdf</t>
   </si>
   <si>
     <t>Passa a ser de 02 (dois) a lotação do cargo de Assessor da Presidências, Padrão "S", constante da Tabela I, Cargo de Provimento em Comissão, anexa à Lei nº 1822 de 28 de novembro de 1979.</t>
   </si>
   <si>
     <t>11533</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11533/projeto_de_lei_0011.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11533/projeto_de_lei_0011.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a abrir na Contabilidade Municipal, Coordenadoria da Fazenda, crédito especial de Cr$ 5.000.000,00, destinado a atender despesas com a ampliação e término da obra da Garagem Municipal.</t>
   </si>
   <si>
     <t>11534</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Bozzella</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11534/projeto_de_lei_0012.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11534/projeto_de_lei_0012.pdf</t>
   </si>
   <si>
     <t>Em todos os impressos oficiais do Município, é obrigatória a inscrição "1532 - 450 anos de fundação - 1982", no período compreendido entre 1º de janeiro e 31 de dezembro de 1982, em comemoração aos 450 anos de fundação de São Vicente.</t>
   </si>
   <si>
     <t>11535</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11535/projeto_de_lei_0013.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11535/projeto_de_lei_0013.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a aprovar as modificações introduzidas no Projeto Urbanístico e Arquitetônico, pertinente ao Conjunto Residencial "Humaitá", no Distrito de Samaritá, elaborado sob a responsabilidade da Companhia de Habitação da Baixada Santista - COHAB - Santista.</t>
   </si>
   <si>
     <t>11536</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>NEIDE VEIGA ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11536/projeto_de_lei_0014.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11536/projeto_de_lei_0014.pdf</t>
   </si>
   <si>
     <t>Fica permitida a utilização ou exploração de publicidade nos veículos de aluguel providos de taxímetros, observada a legislação vigente e a regulamentação a ser expedida em Decreto do Executivo, em especial quanto às normas técnicas sobre dimensões, formato, área de exposição e posicionamento do equipamento que contém a publicidade.</t>
   </si>
   <si>
     <t>11537</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11537/projeto_de_lei_0015.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11537/projeto_de_lei_0015.pdf</t>
   </si>
   <si>
     <t>Nas novas edificações e nas edificações ampliadas ou reformadas destinadas a quaisquer dos usos relacionados no Quadro I, anexo nesta Lei, são obrigatórios sistemas de construção que possibilitem aos deficientes físicos, por seus próprios meios, vencerem o eventual desnível entre o logradouro ou a área externa e o andar correspondente ao da soleira de ingresso do prédio.</t>
   </si>
   <si>
     <t>11538</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11538/projeto_de_lei_0016.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11538/projeto_de_lei_0016.pdf</t>
   </si>
   <si>
     <t>Acrescente-se parágrafos primeiro e segundo ao artigo 234 da Lei nº 1780, de 06 de junho de 1978.</t>
   </si>
   <si>
     <t>11539</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11539/projeto_de_lei_0017.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11539/projeto_de_lei_0017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de Cr$ 6.022.477,88, para atender despesas de exercícios anteriores.</t>
   </si>
   <si>
     <t>11540</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11540/projeto_de_lei_0018.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11540/projeto_de_lei_0018.pdf</t>
   </si>
   <si>
     <t>11541</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>RUBENS ALVES SIMÕES</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11541/projeto_de_lei_0019.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11541/projeto_de_lei_0019.pdf</t>
   </si>
   <si>
     <t>É considerada de Utilidade Pública a Sociedade de Melhoramento da Cidade Náutica, entidade civil sem finalidades lucrativas, com sede no Município.</t>
   </si>
   <si>
     <t>11542</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>ANGELINA PRETTI DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11542/projeto_de_lei_0020.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11542/projeto_de_lei_0020.pdf</t>
   </si>
   <si>
     <t>Ficam instituídos, no Município, os cargos de Prefeito e Vice-Prefeito Mirins da Estância Balneária de São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>11543</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11543/projeto_de_lei_0021.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11543/projeto_de_lei_0021.pdf</t>
   </si>
   <si>
     <t>Fica criada a Biblioteca Pública Municipal de São Vicente, subordinada à Supervisão Municipal de Educação, da Coordenadoria da Promoção Social.</t>
   </si>
   <si>
     <t>11544</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11544/projeto_de_lei_0022.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11544/projeto_de_lei_0022.pdf</t>
   </si>
   <si>
     <t>É considerado de Utilidade Pública o "Clube Duque de Caxias", com sede e foro em São Vicente.</t>
   </si>
   <si>
     <t>11545</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11545/projeto_de_lei_0023.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11545/projeto_de_lei_0023.pdf</t>
   </si>
   <si>
     <t>Aprova o Orçamento Geral do Município de São Vicente para o exercício de 1982.</t>
   </si>
   <si>
     <t>11546</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11546/projeto_de_lei_0024.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11546/projeto_de_lei_0024.pdf</t>
   </si>
   <si>
     <t>Aprova o Orçamento Plurianual de Investimentos para o triênio de 1982/1984.</t>
   </si>
   <si>
     <t>11547</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11547/projeto_de_lei_0025.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11547/projeto_de_lei_0025.pdf</t>
   </si>
   <si>
     <t>A taxa será lançada isoladamente ou em conjunto com outros, devendo, neste caso, constar obrigatoriamente, os elementos distintivos de cada um.</t>
   </si>
   <si>
     <t>11548</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11548/projeto_de_lei_0026.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11548/projeto_de_lei_0026.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 169, 190, 207, 353 e 361 como especifica.</t>
   </si>
   <si>
     <t>11549</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11549/projeto_de_lei_0027.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11549/projeto_de_lei_0027.pdf</t>
   </si>
   <si>
     <t>Fica a Fundação de Saúde do Município de São Vicente - FUSASV, criada pela Lei nº 1804, de 21 de março de 1979, transformada em entidade autárquica, com personalidade jurídica, autonomia administrativa e financeira, patrimônio próprio, sede e foro em São Vicente, e com denominação de Serviço de Saúde de São Vicente - SESASV.</t>
   </si>
   <si>
     <t>11550</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Ricardo Veron</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11550/projeto_de_lei_0028.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11550/projeto_de_lei_0028.pdf</t>
   </si>
   <si>
     <t>Fica alterada para "Avenida 7 de Setembro", a denominação da atual Avenida Tupiniquins, em seu trecho pertinente ao território vicentino.</t>
   </si>
   <si>
     <t>11551</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11551/projeto_de_lei_0029.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11551/projeto_de_lei_0029.pdf</t>
   </si>
   <si>
     <t>Autoriza o recebimento de débitos de qualquer natureza sem os acréscimos legais, que especifica.</t>
   </si>
   <si>
     <t>11552</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11552/projeto_de_lei_0030.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11552/projeto_de_lei_0030.pdf</t>
   </si>
   <si>
     <t>É considerada de utilidade pública a Associação dos Funcionários Públicos Municipais de São Vicente, com sede e foro neste Município.</t>
   </si>
   <si>
     <t>11553</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11553/projeto_de_lei_0031.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11553/projeto_de_lei_0031.pdf</t>
   </si>
   <si>
     <t>Ao contribuinte que desejar liquidar, de uma só vez, seu débito referente à taxa de pavimentação, não vencido será concedido, desconto por dentro, de acordo com a tabela em anexo.</t>
   </si>
   <si>
     <t>11554</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11554/projeto_de_lei_0032.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11554/projeto_de_lei_0032.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito suplementar no valor de Cr$ 82.212.000,00.</t>
   </si>
   <si>
     <t>11555</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11555/projeto_de_lei_0033.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11555/projeto_de_lei_0033.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 321, inciso VII da Lei 1745, de 29 de setembro de 1977.</t>
   </si>
   <si>
     <t>11556</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11556/projeto_de_lei_0034.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11556/projeto_de_lei_0034.pdf</t>
   </si>
   <si>
     <t>No mês de dezembro de cada ano, será concedida a todo funcionário ou servidor da Prefeitura uma gratificação denominada Abono de Natal, independente dos vencimentos, remuneração ou salário a que fizer jus.</t>
   </si>
   <si>
     <t>11557</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11557/projeto_de_lei_0035.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11557/projeto_de_lei_0035.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único, do artigo 207, da Lei nº 1745, de 29 de setembro de 1977.</t>
   </si>
   <si>
     <t>11558</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>MILTON LUIZ DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11558/projeto_de_lei_0036.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11558/projeto_de_lei_0036.pdf</t>
   </si>
   <si>
     <t>É considerada de Utilidade Pública a filial vicentina da Igreja Evangélica Pentecostal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -846,68 +846,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11523/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11524/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11525/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11526/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11527/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11528/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11529/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11530/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11531/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11532/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11533/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11534/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11535/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11536/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11537/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11538/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11539/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11540/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11541/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11542/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11543/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11544/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11545/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11546/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11547/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11548/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11549/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11550/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11551/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11552/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11553/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11554/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11555/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11556/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11557/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11558/projeto_de_lei_0036.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11523/projeto_de_lei_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11524/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11525/projeto_de_lei_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11526/projeto_de_lei_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11527/projeto_de_lei_0005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11528/projeto_de_lei_0006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11529/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11530/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11531/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11532/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11533/projeto_de_lei_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11534/projeto_de_lei_0012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11535/projeto_de_lei_0013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11536/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11537/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11538/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11539/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11540/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11541/projeto_de_lei_0019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11542/projeto_de_lei_0020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11543/projeto_de_lei_0021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11544/projeto_de_lei_0022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11545/projeto_de_lei_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11546/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11547/projeto_de_lei_0025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11548/projeto_de_lei_0026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11549/projeto_de_lei_0027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11550/projeto_de_lei_0028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11551/projeto_de_lei_0029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11552/projeto_de_lei_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11553/projeto_de_lei_0031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11554/projeto_de_lei_0032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11555/projeto_de_lei_0033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11556/projeto_de_lei_0034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11557/projeto_de_lei_0035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1981/11558/projeto_de_lei_0036.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>