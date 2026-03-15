--- v0 (2025-10-19)
+++ v1 (2026-03-15)
@@ -54,201 +54,201 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8068</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>EDUARDO ARAUJO DOS SANTOS FILHO</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8068/projeto_de_lei_0002.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8068/projeto_de_lei_0002.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a receber sem multa, até o dia 31 do corrente mês de janeiro, os impostos e taxas municipais de quaisquer naturezas.</t>
   </si>
   <si>
     <t>8072</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>EDMAR DIAS BEXIGA</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8072/projeto_de_lei_0007.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8072/projeto_de_lei_0007.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a fazer o contrato relativo à colocação de bancos com reclames, nas praças que achar conveniente, segundo a proposta apresentada pela Sociedade Santista de Propaganda e Publicidade Ltda., podendo o Prefeito fazer as restrições ou acréscimos que julgar necessários.</t>
   </si>
   <si>
     <t>8074</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8074/projeto_de_lei_0008.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8074/projeto_de_lei_0008.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a se entender com a direção do Ginásio Martim Afonso, concedendo, se necessário, a este, a juízo do Prefeito, o auxílio ou garantia financeira para a cobertura de seu déficit, relativo ao seu funcionamento e a partir desta, até solução da creação e encampação do Ginásio em apreço, pelo Governo do Estado.</t>
   </si>
   <si>
     <t>8075</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8075/projeto_de_lei_0009.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8075/projeto_de_lei_0009.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a solicitar do Governo do Estado empréstimos para as finalidades citadas.</t>
   </si>
   <si>
     <t>8076</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Dr. José Monteiro</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8076/projeto_de_lei_0010.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8076/projeto_de_lei_0010.pdf</t>
   </si>
   <si>
     <t>Fica a Prefeitura Municipal autorizada a vender, em concorrência e por preço não inferior ao da avaliação, o terreno de propriedade do Município, localizado a Avenida Capitão Mor Aguiar, 487, desta cidade.</t>
   </si>
   <si>
     <t>8080</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>AGENOR LAPENNA</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8080/projeto_de_lei_0014.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8080/projeto_de_lei_0014.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a contratar os serviços técnicos do Engenheiro Dr. Plinio de Queiroz, para que o mesmo elabore os estudos e planos necessários à realização das obras que se relacionam com a solução definitiva do problema do abastecimento de água potável à população local.</t>
   </si>
   <si>
     <t>8081</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>FERNANDO MARTINS LICHTI</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8081/projeto_de_lei_0015.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8081/projeto_de_lei_0015.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a efetuar os pagamentos auxílios constantes da proposta orçamentária do corrente exercício.</t>
   </si>
   <si>
     <t>8082</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8082/projeto_de_lei_0016.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8082/projeto_de_lei_0016.pdf</t>
   </si>
   <si>
     <t>Fica a Prefeitura Municipal, autorizada a adquirir, por doação pura e simples, do Estado de São Paulo, a área de terreno, destinado à ligação das Ruas Campos Sales e Benjamin Constant, desta cidade.</t>
   </si>
   <si>
     <t>8083</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8083/projeto_de_lei_0017.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8083/projeto_de_lei_0017.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura a solicitar do Governo do Estado, um empréstimo de Cr$ 1.7000.000,00 (um milhão e setecentos mil cruzeiros), destinado à aquisição do prédio do Ginásio Martim Afonso, desta cidade.</t>
   </si>
   <si>
     <t>8084</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8084/projeto_de_lei_0018.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8084/projeto_de_lei_0018.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a pagar ao ex-prefeito Sr. Alvaro Assis, a importância de Cr$ 18.019,90 correspondente às diárias não pagas pelo Governo do Estado, quando do cargo de Prefeito nesta cidade e equivalente a quantia não superior aos seus vencimentos não recebidos do Município.</t>
   </si>
   <si>
     <t>8089</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8089/projeto_de_lei_0024.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8089/projeto_de_lei_0024.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a efetuar os pagamentos auxílios as instituições referidas.</t>
   </si>
   <si>
     <t>8090</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Dr. Alvaro Assis</t>
   </si>
   <si>
-    <t>https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8090/projeto_de_lei_0025.pdf</t>
+    <t>http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8090/projeto_de_lei_0025.pdf</t>
   </si>
   <si>
     <t>Fica a Prefeitura Municipal autorizada a vender, mediante concorrência pública, regularmente aberta, o imóvel do patrimônio municipal, por preço nunca inferior ao da respectiva avaliação.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -555,67 +555,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8068/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8072/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8074/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8075/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8076/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8080/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8081/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8082/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8083/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8084/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8089/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8090/projeto_de_lei_0025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8068/projeto_de_lei_0002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8072/projeto_de_lei_0007.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8074/projeto_de_lei_0008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8075/projeto_de_lei_0009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8076/projeto_de_lei_0010.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8080/projeto_de_lei_0014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8081/projeto_de_lei_0015.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8082/projeto_de_lei_0016.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8083/projeto_de_lei_0017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8084/projeto_de_lei_0018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8089/projeto_de_lei_0024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saovicente.sp.leg.br/media/sapl/public/materialegislativa/1948/8090/projeto_de_lei_0025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>